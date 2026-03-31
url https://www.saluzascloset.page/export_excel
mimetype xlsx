--- v0 (2026-01-31)
+++ v1 (2026-03-31)
@@ -418,51 +418,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H196"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Order ID</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Customer Name</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -609,65 +609,6944 @@
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Gita Gym</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>gym</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Narefat</t>
         </is>
       </c>
       <c r="F5" t="n">
         <v>2250</v>
       </c>
       <c r="G5" t="n">
         <v>700</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="n">
+        <v>5</v>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>2026-02-02 11:41</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Sazae</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>9801022970</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Bhaisepati</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>2400</v>
+      </c>
+      <c r="G6" t="n">
+        <v>600</v>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="n">
+        <v>6</v>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>2026-02-03 05:13</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Garima Thapa</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>9748432210</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Lokanthali, Bhaktapur</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>2900</v>
+      </c>
+      <c r="G7" t="n">
+        <v>700</v>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="n">
+        <v>7</v>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>2026-02-03 13:49</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Asmita Tamang</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>6200</v>
+      </c>
+      <c r="G8" t="n">
+        <v>1960</v>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="n">
+        <v>8</v>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>2026-02-06 09:47</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Pratiksha Bhattarai Koirala</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>9843799808</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Thilobharyang</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>3565</v>
+      </c>
+      <c r="G9" t="n">
+        <v>1015</v>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="n">
+        <v>9</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>2026-02-08 09:06</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Jeny Shrestha</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>9849868548</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Chabahil</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>3315</v>
+      </c>
+      <c r="G10" t="n">
+        <v>765</v>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="n">
+        <v>10</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>2026-02-10 06:38</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>samiya lama</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>9749464046</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Jorpati</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>4115</v>
+      </c>
+      <c r="G11" t="n">
+        <v>725</v>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="n">
+        <v>11</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>2026-02-16 05:06</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>sneha panthi</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>9847141444</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>butwal</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>2785</v>
+      </c>
+      <c r="G12" t="n">
+        <v>235</v>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>12</v>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>2026-02-17 14:02</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>maya</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>1200</v>
+      </c>
+      <c r="G13" t="n">
+        <v>210</v>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="n">
+        <v>13</v>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>2026-02-18 15:37</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>sarsti</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>2400</v>
+      </c>
+      <c r="G14" t="n">
+        <v>200</v>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="n">
+        <v>14</v>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>2026-02-19 03:15</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Reena</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G15" t="n">
+        <v>260</v>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="n">
+        <v>15</v>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>2026-02-19 06:44</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Silvia Sharma</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>9803147363</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Chakrapath Marajgunj</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G16" t="n">
+        <v>275</v>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="n">
+        <v>16</v>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>2026-02-22 04:17</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>srijana grg</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G17" t="n">
+        <v>275</v>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="n">
+        <v>17</v>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>2026-02-22 04:27</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>gimmi</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>2650</v>
+      </c>
+      <c r="G18" t="n">
+        <v>1660</v>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="n">
+        <v>18</v>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>2026-02-23 15:14</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Alina Shrestha</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>9826873644</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>purano baneshwor</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>1999</v>
+      </c>
+      <c r="G19" t="n">
+        <v>409</v>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>19</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>2026-02-24 11:05</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>moni shrestha</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>9841487878</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>battisputali</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>1700</v>
+      </c>
+      <c r="G20" t="n">
+        <v>350</v>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>20</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>2026-02-24 11:05</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Arpan Gautam</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>1700</v>
+      </c>
+      <c r="G21" t="n">
+        <v>350</v>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>21</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>2026-02-27 13:29</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Sumi</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G22" t="n">
+        <v>650</v>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="n">
+        <v>22</v>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>2026-02-27 13:29</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Sneha Kc</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>3499</v>
+      </c>
+      <c r="G23" t="n">
+        <v>749</v>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="n">
+        <v>23</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>2026-03-01 05:12</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Geeta Magar</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>1815</v>
+      </c>
+      <c r="G24" t="n">
+        <v>325</v>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="n">
+        <v>24</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>2026-03-01 05:12</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>amina shrestha</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G25" t="n">
+        <v>650</v>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="n">
+        <v>25</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>2026-03-01 05:13</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>anu amatya</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>2735</v>
+      </c>
+      <c r="G26" t="n">
+        <v>585</v>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="n">
+        <v>26</v>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>2026-03-01 13:32</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>sonu kc</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>2250</v>
+      </c>
+      <c r="G27" t="n">
+        <v>460</v>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="n">
+        <v>27</v>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>2026-03-01 13:33</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Moona Gym</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>5400</v>
+      </c>
+      <c r="G28" t="n">
+        <v>1150</v>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="n">
+        <v>28</v>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>2026-03-01 14:34</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>rohit vaidhy</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t xml:space="preserve">bagbazar
+</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>2250</v>
+      </c>
+      <c r="G29" t="n">
+        <v>660</v>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="n">
+        <v>29</v>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>2026-03-02 05:10</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>renju acharya</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G30" t="n">
+        <v>760</v>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="n">
+        <v>30</v>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>2026-03-02 05:10</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>siru sharma</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>2280</v>
+      </c>
+      <c r="G31" t="n">
+        <v>690</v>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="n">
+        <v>31</v>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>2026-03-02 07:02</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Bhawana Jha</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G32" t="n">
+        <v>760</v>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="n">
+        <v>32</v>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>2026-03-02 13:38</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>9704654790</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G33" t="n">
+        <v>760</v>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="n">
+        <v>33</v>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>2026-03-03 02:14</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Sanima Shrestha</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G34" t="n">
+        <v>760</v>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="n">
+        <v>34</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>2026-03-03 03:46</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>srijana Dhungel</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t xml:space="preserve">-
+</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>2300</v>
+      </c>
+      <c r="G35" t="n">
+        <v>710</v>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="n">
+        <v>35</v>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>2026-03-04 03:35</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Gita Gym</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G36" t="n">
+        <v>600</v>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="n">
+        <v>36</v>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>2026-03-04 13:10</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>richa amatya</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G37" t="n">
+        <v>760</v>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="n">
+        <v>37</v>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>2026-03-04 13:44</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>ambika</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G38" t="n">
+        <v>760</v>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="n">
+        <v>38</v>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>2026-03-05 03:19</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Rama Sharma</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G39" t="n">
+        <v>600</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="n">
+        <v>39</v>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>2026-03-05 06:09</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Gita Shrestha</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>1930</v>
+      </c>
+      <c r="G40" t="n">
+        <v>580</v>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="n">
+        <v>40</v>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>2026-03-07 05:12</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>mina</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>9851123062</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>khusibu nayabazar</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G41" t="n">
+        <v>760</v>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="n">
+        <v>41</v>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>2026-03-07 14:58</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Gyanu Katuwal</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>9845154144</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>naryanghat chitwan</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>3598</v>
+      </c>
+      <c r="G42" t="n">
+        <v>618</v>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="n">
+        <v>42</v>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>2026-03-07 14:59</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Manju Dc</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>9848016781</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>dang ghorahi</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>4849</v>
+      </c>
+      <c r="G43" t="n">
+        <v>1109</v>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="n">
+        <v>43</v>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>2026-03-08 09:46</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Rita Adhikari</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>9860451359</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>lagan tole kathmandu</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G44" t="n">
+        <v>300</v>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="n">
+        <v>44</v>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>2026-03-08 09:47</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Tulshi Kunwar</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>9849880387</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t xml:space="preserve">tarkeshwor
+</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G45" t="n">
+        <v>600</v>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="n">
+        <v>45</v>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>2026-03-09 04:07</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>ratna tiwari</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>9855086667</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G46" t="n">
+        <v>600</v>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="n">
+        <v>46</v>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>2026-03-09 09:30</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>manju ghimire</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>9841921155</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>budanilkantha</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G47" t="n">
+        <v>700</v>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="n">
+        <v>47</v>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>2026-03-09 14:06</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>ambika</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>1900</v>
+      </c>
+      <c r="G48" t="n">
+        <v>550</v>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="n">
+        <v>48</v>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>2026-03-10 07:23</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>Anu</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>9851070334</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>bikehood sukedhara</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>4100</v>
+      </c>
+      <c r="G49" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="n">
+        <v>49</v>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>2026-03-10 09:10</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Garima Upreti</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>9866969976</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G50" t="n">
+        <v>700</v>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="n">
+        <v>50</v>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>2026-03-10 12:06</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Evnagalina Rai</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>9749421179</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Chabahil</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G51" t="n">
+        <v>700</v>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Delivered</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="n">
+        <v>51</v>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>2026-03-11 09:39</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>Scarlettw</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>9842422781</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G52" t="n">
+        <v>700</v>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="n">
+        <v>52</v>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>2026-03-11 09:40</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Hira</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>9866243340</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>Maharajgunj Chakrapath</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>3349</v>
+      </c>
+      <c r="G53" t="n">
+        <v>909</v>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="n">
+        <v>53</v>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>2026-03-11 14:58</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Sabina Karmacharya</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>2000</v>
+      </c>
+      <c r="G54" t="n">
+        <v>450</v>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="n">
+        <v>54</v>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>2026-03-11 14:58</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Nilima Thapa</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G55" t="n">
+        <v>550</v>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="n">
+        <v>55</v>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>2026-03-12 05:22</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>Anjana Gurung</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>9847111716</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>bhairahawa</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G56" t="n">
+        <v>600</v>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="n">
+        <v>56</v>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>2026-03-12 05:23</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Komal Sah</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>9860661132</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Sifal</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>3550</v>
+      </c>
+      <c r="G57" t="n">
+        <v>500</v>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="n">
+        <v>57</v>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>2026-03-12 08:54</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Sajana Shakya</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G58" t="n">
+        <v>550</v>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="n">
+        <v>58</v>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>2026-03-13 01:54</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>Kamala Barali</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>2349</v>
+      </c>
+      <c r="G59" t="n">
+        <v>359</v>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="n">
+        <v>59</v>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>2026-03-13 01:55</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>Rama Sharma</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>2399</v>
+      </c>
+      <c r="G60" t="n">
+        <v>549</v>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="n">
+        <v>60</v>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>2026-03-13 01:55</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Amita Karki</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G61" t="n">
+        <v>550</v>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="n">
+        <v>61</v>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>2026-03-13 01:56</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Gm Poonam</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G62" t="n">
+        <v>700</v>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="n">
+        <v>62</v>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>2026-03-13 09:52</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Sabina Udas</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>7800</v>
+      </c>
+      <c r="G63" t="n">
+        <v>1910</v>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="n">
+        <v>63</v>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>2026-03-13 12:33</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Alisha Thapa Magar</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>2549</v>
+      </c>
+      <c r="G64" t="n">
+        <v>749</v>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="n">
+        <v>64</v>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>2026-03-13 12:34</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Sinja Raut</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G65" t="n">
+        <v>550</v>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="n">
+        <v>65</v>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>2026-03-13 17:03</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>sarvus kc</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G66" t="n">
+        <v>550</v>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="n">
+        <v>66</v>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>2026-03-13 17:04</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Sanju Ruchal Magar</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G67" t="n">
+        <v>700</v>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="n">
+        <v>67</v>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>2026-03-13 17:04</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Pabbitra</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G68" t="n">
+        <v>550</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="n">
+        <v>68</v>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>2026-03-13 17:05</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Rejina Dahal</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G69" t="n">
+        <v>550</v>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="n">
+        <v>69</v>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>2026-03-14 15:47</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Nabina shrestha</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>3000</v>
+      </c>
+      <c r="G70" t="n">
+        <v>850</v>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="n">
+        <v>70</v>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>2026-03-14 15:49</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Runa Mahat</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G71" t="n">
+        <v>350</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="n">
+        <v>71</v>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>2026-03-15 05:14</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>pabitra maharjan</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G72" t="n">
+        <v>300</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="n">
+        <v>72</v>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>2026-03-16 05:05</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>9704654790</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G73" t="n">
+        <v>500</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="n">
+        <v>73</v>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>2026-03-16 05:35</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Bidhya Oli</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>2399</v>
+      </c>
+      <c r="G74" t="n">
+        <v>199</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="n">
+        <v>74</v>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>2026-03-16 09:27</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Upasna Limbu</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G75" t="n">
+        <v>550</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="n">
+        <v>75</v>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>2026-03-16 09:27</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Sushi</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G76" t="n">
+        <v>550</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="n">
+        <v>76</v>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>2026-03-16 09:59</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Parina rai</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G77" t="n">
+        <v>700</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="n">
+        <v>77</v>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>2026-03-17 05:12</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Alisha Thapa Magar</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>3499</v>
+      </c>
+      <c r="G78" t="n">
+        <v>599</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="n">
+        <v>78</v>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>2026-03-17 05:13</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Shikha Bhatta</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G79" t="n">
+        <v>650</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="n">
+        <v>79</v>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>2026-03-17 14:42</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>Manisha Maharjan</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G80" t="n">
+        <v>300</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="n">
+        <v>80</v>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>2026-03-17 14:42</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>anita yadav</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G81" t="n">
+        <v>300</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="n">
+        <v>81</v>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>2026-03-17 14:55</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Laxmi Shrestha</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G82" t="n">
+        <v>300</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="n">
+        <v>82</v>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:31</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>Kavita Ghising</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G83" t="n">
+        <v>400</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="n">
+        <v>83</v>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>2026-03-18 03:33</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>reeta chitrakar</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G84" t="n">
+        <v>300</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="n">
+        <v>84</v>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>2026-03-18 03:53</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>Mira Tamang</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G85" t="n">
+        <v>700</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="n">
+        <v>85</v>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:34</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Sabu</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G86" t="n">
+        <v>400</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="n">
+        <v>86</v>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:35</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>lila khadhthoki</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G87" t="n">
+        <v>500</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="n">
+        <v>88</v>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:36</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Lipsa Shrestha</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G88" t="n">
+        <v>300</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="n">
+        <v>89</v>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:37</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Sharada Sitaula</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G89" t="n">
+        <v>300</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="n">
+        <v>90</v>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:37</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Dikshya</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G90" t="n">
+        <v>300</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="n">
+        <v>91</v>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:37</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Sangita Patel</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G91" t="n">
+        <v>300</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="n">
+        <v>92</v>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:38</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>Prabina Khanal</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G92" t="n">
+        <v>600</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="n">
+        <v>93</v>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>2026-03-18 10:40</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>prakriti parajuli</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G93" t="n">
+        <v>300</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="n">
+        <v>94</v>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>2026-03-18 12:13</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Namja Pun</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G94" t="n">
+        <v>300</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="n">
+        <v>95</v>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>2026-03-18 12:43</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Shuvechha Shakya</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G95" t="n">
+        <v>300</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="n">
+        <v>96</v>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>2026-03-18 12:43</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>SARITA CHAUDHARY</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G96" t="n">
+        <v>300</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="n">
+        <v>97</v>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>2026-03-19 09:34</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>Newa Ganesh bhadel.</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>3649</v>
+      </c>
+      <c r="G97" t="n">
+        <v>849</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="n">
+        <v>98</v>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:25</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Ichchha parajapati</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G98" t="n">
+        <v>300</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="n">
+        <v>99</v>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:25</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Kavita</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>3350</v>
+      </c>
+      <c r="G99" t="n">
+        <v>850</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="n">
+        <v>100</v>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:25</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>Sari Niroula</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G100" t="n">
+        <v>300</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="n">
+        <v>101</v>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:26</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Carotina Shah	</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G101" t="n">
+        <v>300</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="n">
+        <v>102</v>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:26</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Priya Bohora	</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G102" t="n">
+        <v>600</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="n">
+        <v>103</v>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>2026-03-19 10:46</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Aakriti jha</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G103" t="n">
+        <v>300</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="n">
+        <v>104</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>2026-03-20 06:21</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Dikshya Tamang</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G104" t="n">
+        <v>300</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="n">
+        <v>105</v>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>2026-03-20 08:14</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>Krisha Piya</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G105" t="n">
+        <v>350</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="n">
+        <v>106</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>2026-03-20 09:21</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>esmita</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G106" t="n">
+        <v>600</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="n">
+        <v>107</v>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>2026-03-20 09:35</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Rewati biswakarma</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G107" t="n">
+        <v>600</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="n">
+        <v>108</v>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>2026-03-20 15:02</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Sagun</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G108" t="n">
+        <v>300</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="n">
+        <v>109</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>2026-03-20 15:02</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Kabita Sigdel</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>2600</v>
+      </c>
+      <c r="G109" t="n">
+        <v>700</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="n">
+        <v>110</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>2026-03-21 04:12</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Aarati shrestha</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G110" t="n">
+        <v>800</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="n">
+        <v>111</v>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>2026-03-21 05:20</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Sunsan</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G111" t="n">
+        <v>300</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="n">
+        <v>112</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>2026-03-21 08:06</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Malina Shakya</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G112" t="n">
+        <v>700</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="n">
+        <v>113</v>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>2026-03-21 08:06</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Sonika Chhetri</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>1600</v>
+      </c>
+      <c r="G113" t="n">
+        <v>350</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="n">
+        <v>115</v>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>2026-03-21 09:28</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Lalita</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G114" t="n">
+        <v>300</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="n">
+        <v>116</v>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>2026-03-21 09:29</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>CHAUSEENA SHRESTHA+</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G115" t="n">
+        <v>500</v>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="n">
+        <v>117</v>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>2026-03-21 11:11</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Algina</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G116" t="n">
+        <v>350</v>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="n">
+        <v>118</v>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>2026-03-21 14:19</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>kalpana rai</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G117" t="n">
+        <v>300</v>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="n">
+        <v>119</v>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>2026-03-21 14:19</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>pari</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G118" t="n">
+        <v>300</v>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="n">
+        <v>120</v>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>2026-03-22 03:51</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Kusum Sherchan</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G119" t="n">
+        <v>900</v>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="n">
+        <v>121</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>2026-03-22 03:51</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Anu Dangol</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G120" t="n">
+        <v>900</v>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="n">
+        <v>122</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:39</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Anuja Sharma</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>4700</v>
+      </c>
+      <c r="G121" t="n">
+        <v>1310</v>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="n">
+        <v>123</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:40</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Bishnu gurung</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>2950</v>
+      </c>
+      <c r="G122" t="n">
+        <v>750</v>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="n">
+        <v>124</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:40</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Nisha Kafle</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>3100</v>
+      </c>
+      <c r="G123" t="n">
+        <v>900</v>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="n">
+        <v>125</v>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:41</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Anisha Pokharel</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G124" t="n">
+        <v>400</v>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="n">
+        <v>126</v>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:45</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>LUX STHA</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G125" t="n">
+        <v>900</v>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="n">
+        <v>127</v>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:47</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Samjhana Basnet</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G126" t="n">
+        <v>500</v>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="n">
+        <v>128</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:47</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Sanjana Pradhan</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G127" t="n">
+        <v>900</v>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="n">
+        <v>129</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:48</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Neera Adhikari</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G128" t="n">
+        <v>500</v>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="n">
+        <v>130</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:49</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Anita</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G129" t="n">
+        <v>500</v>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="n">
+        <v>131</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:49</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Neeru Chingu</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G130" t="n">
+        <v>800</v>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="n">
+        <v>132</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>2026-03-22 11:53</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Isha Shrestha</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>5950</v>
+      </c>
+      <c r="G131" t="n">
+        <v>1760</v>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="n">
+        <v>133</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>2026-03-22 14:21</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>sudha kandel</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G132" t="n">
+        <v>400</v>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="n">
+        <v>134</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>2026-03-23 02:24</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>ARPANA</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G133" t="n">
+        <v>500</v>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="n">
+        <v>135</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>2026-03-23 02:26</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Sehnaj karki</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>5100</v>
+      </c>
+      <c r="G134" t="n">
+        <v>1700</v>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="n">
+        <v>136</v>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>2026-03-23 02:26</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>SUITU SHREE</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G135" t="n">
+        <v>850</v>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="n">
+        <v>137</v>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>2026-03-23 04:40</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Maya Ghale</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G136" t="n">
+        <v>800</v>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="n">
+        <v>138</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>2026-03-23 05:14</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Sabina chhetri</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G137" t="n">
+        <v>900</v>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="n">
+        <v>139</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>2026-03-23 05:35</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>roshani bhattarai</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>1700</v>
+      </c>
+      <c r="G138" t="n">
+        <v>450</v>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="n">
+        <v>140</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>2026-03-23 07:43</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>UR VASHI</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>2650</v>
+      </c>
+      <c r="G139" t="n">
+        <v>900</v>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="n">
+        <v>141</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>2026-03-23 07:43</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Shakya Rashmi</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>2800</v>
+      </c>
+      <c r="G140" t="n">
+        <v>700</v>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="n">
+        <v>142</v>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>2026-03-23 07:50</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Charvi</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>1500</v>
+      </c>
+      <c r="G141" t="n">
+        <v>-700</v>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="n">
+        <v>143</v>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>2026-03-23 07:50</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>minakshi gurung</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G142" t="n">
+        <v>500</v>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="n">
+        <v>144</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>2026-03-23 09:12</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>sajana</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G143" t="n">
+        <v>500</v>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="n">
+        <v>145</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>2026-03-23 11:34</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Astha Shakya</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G144" t="n">
+        <v>500</v>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="n">
+        <v>146</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>2026-03-23 11:35</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>kushum acharya</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>2600</v>
+      </c>
+      <c r="G145" t="n">
+        <v>700</v>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="n">
+        <v>147</v>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>2026-03-23 11:35</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Deepa niroula</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G146" t="n">
+        <v>500</v>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="n">
+        <v>148</v>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>2026-03-23 11:35</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Usha Adhikari</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G147" t="n">
+        <v>500</v>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="n">
+        <v>149</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>2026-03-23 11:36</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Merika Parlour</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G148" t="n">
+        <v>500</v>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="n">
+        <v>150</v>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>2026-03-23 17:15</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t xml:space="preserve">apshara shrestha	</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G149" t="n">
+        <v>500</v>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="n">
+        <v>151</v>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>2026-03-23 17:16</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t xml:space="preserve">bhawana gautam	</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G150" t="n">
+        <v>900</v>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="n">
+        <v>152</v>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>2026-03-23 17:16</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Buddhà Lama</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G151" t="n">
+        <v>400</v>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="n">
+        <v>154</v>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>2026-03-24 09:08</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Jamuna magar</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G152" t="n">
+        <v>800</v>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="n">
+        <v>155</v>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>2026-03-24 09:08</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Garima Upreti</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G153" t="n">
+        <v>400</v>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="n">
+        <v>156</v>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>2026-03-24 09:08</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Renuka kansakar</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G154" t="n">
+        <v>900</v>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="n">
+        <v>157</v>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:49</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>Sandip Acharya</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G155" t="n">
+        <v>800</v>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="n">
+        <v>158</v>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:50</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>ANITA GURUNG</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G156" t="n">
+        <v>800</v>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="n">
+        <v>159</v>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:50</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Kisha KC</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G157" t="n">
+        <v>800</v>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="n">
+        <v>160</v>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:50</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Sonu mam</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G158" t="n">
+        <v>800</v>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="n">
+        <v>161</v>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:51</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>SHOBHA RAUNIYAR</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>3000</v>
+      </c>
+      <c r="G159" t="n">
+        <v>750</v>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="n">
+        <v>163</v>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>2026-03-24 11:51</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Sita magar</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G160" t="n">
+        <v>800</v>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="n">
+        <v>164</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>2026-03-24 16:22</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Ritu Parajuli.</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>1600</v>
+      </c>
+      <c r="G161" t="n">
+        <v>550</v>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="n">
+        <v>165</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>2026-03-24 16:54</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>barsha lamsal</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>4900</v>
+      </c>
+      <c r="G162" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="n">
+        <v>166</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>2026-03-24 16:56</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>jimmy</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>10498</v>
+      </c>
+      <c r="G163" t="n">
+        <v>1748</v>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="n">
+        <v>167</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>2026-03-24 16:56</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Jeena</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>2800</v>
+      </c>
+      <c r="G164" t="n">
+        <v>600</v>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="n">
+        <v>168</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:07</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Bina Duwal</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>9869069336</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G165" t="n">
+        <v>800</v>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="n">
+        <v>169</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:08</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t xml:space="preserve">sanana bhusal	</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G166" t="n">
+        <v>800</v>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="n">
+        <v>170</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:08</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Laxmi Shrestha</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G167" t="n">
+        <v>800</v>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="n">
+        <v>171</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:16</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>suraksha bartaula</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>--</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>11250</v>
+      </c>
+      <c r="G168" t="n">
+        <v>3000</v>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="n">
+        <v>172</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:17</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Sabina Udas</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>7000</v>
+      </c>
+      <c r="G169" t="n">
+        <v>2050</v>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="n">
+        <v>173</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>2026-03-25 05:18</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>2650</v>
+      </c>
+      <c r="G170" t="n">
+        <v>900</v>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="n">
+        <v>174</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:06</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>babina dhungel</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G171" t="n">
+        <v>400</v>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="n">
+        <v>175</v>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:07</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>dina shakya</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G172" t="n">
+        <v>500</v>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="n">
+        <v>176</v>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:08</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t xml:space="preserve">	Merina Dangol</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G173" t="n">
+        <v>900</v>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="n">
+        <v>177</v>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:08</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Rishika tiwari</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G174" t="n">
+        <v>500</v>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="n">
+        <v>178</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:10</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Rajiv sharma</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G175" t="n">
+        <v>900</v>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="n">
+        <v>179</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:12</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Pinki Thapa</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>4900</v>
+      </c>
+      <c r="G176" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="n">
+        <v>180</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>2026-03-25 15:13</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Sushila Mainali</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G177" t="n">
+        <v>800</v>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="n">
+        <v>181</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>2026-03-26 05:17</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>manu</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G178" t="n">
+        <v>500</v>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="n">
+        <v>182</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>2026-03-26 05:59</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Chuunu Sanjay Niroul</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G179" t="n">
+        <v>500</v>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="n">
+        <v>183</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>2026-03-27 03:08</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>sarishma adhikari</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G180" t="n">
+        <v>800</v>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="n">
+        <v>184</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>2026-03-27 03:11</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Nitu Dhakal</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G181" t="n">
+        <v>800</v>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="n">
+        <v>185</v>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>2026-03-27 03:11</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Sujata Shrestha	</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G182" t="n">
+        <v>800</v>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="n">
+        <v>186</v>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>2026-03-27 03:11</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Amrita ji</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G183" t="n">
+        <v>800</v>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="n">
+        <v>187</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>2026-03-27 14:21</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>Sumi</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G184" t="n">
+        <v>800</v>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="n">
+        <v>188</v>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>2026-03-27 14:22</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>sujata uprety</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G185" t="n">
+        <v>800</v>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="n">
+        <v>189</v>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>2026-03-28 04:45</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>jeny Shrestha</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G186" t="n">
+        <v>900</v>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="n">
+        <v>190</v>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>2026-03-28 06:54</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>sanu</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G187" t="n">
+        <v>900</v>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="n">
+        <v>191</v>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>2026-03-28 06:55</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Ramita tuladhar</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>3100</v>
+      </c>
+      <c r="G188" t="n">
+        <v>900</v>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="n">
+        <v>192</v>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>2026-03-28 06:55</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>AMBIKAHEMANT</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G189" t="n">
+        <v>300</v>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="n">
+        <v>193</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>2026-03-29 03:23</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Nikita Adhikari</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G190" t="n">
+        <v>800</v>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="n">
+        <v>194</v>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>2026-03-29 03:53</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>Muna</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G191" t="n">
+        <v>700</v>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="n">
+        <v>195</v>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>2026-03-29 09:57</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Sabina sthapit</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G192" t="n">
+        <v>600</v>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="n">
+        <v>196</v>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>2026-03-29 09:57</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Binu k. Magar</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G193" t="n">
+        <v>900</v>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="n">
+        <v>197</v>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>2026-03-29 15:03</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>sarita kc</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>3150</v>
+      </c>
+      <c r="G194" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="n">
+        <v>198</v>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>2026-03-30 05:03</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Sushila Mainali</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>1780</v>
+      </c>
+      <c r="G195" t="n">
+        <v>730</v>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="n">
+        <v>199</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>2026-03-30 13:30</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Nabeena Maharjan</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G196" t="n">
+        <v>700</v>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>Pending</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F239"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Order ID</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Order Date</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -805,64 +7684,5632 @@
         <v>3455</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>4</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>2026-01-31</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Checked Skirt (Free Size)</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>1</v>
       </c>
       <c r="E7" t="n">
         <v>0</v>
       </c>
       <c r="F7" t="n">
         <v>2250</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="n">
+        <v>5</v>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>2026-02-02</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Grey Zipper Jacket (Free Size)</t>
+        </is>
+      </c>
+      <c r="D8" t="n">
+        <v>1</v>
+      </c>
+      <c r="E8" t="n">
+        <v>0</v>
+      </c>
+      <c r="F8" t="n">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="n">
+        <v>6</v>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>2026-02-03</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Red Dress With Belt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D9" t="n">
+        <v>1</v>
+      </c>
+      <c r="E9" t="n">
+        <v>0</v>
+      </c>
+      <c r="F9" t="n">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="n">
+        <v>7</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>2026-02-03</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Bralet Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D10" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" t="n">
+        <v>0</v>
+      </c>
+      <c r="F10" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="n">
+        <v>7</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>2026-02-03</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D11" t="n">
+        <v>1</v>
+      </c>
+      <c r="E11" t="n">
+        <v>0</v>
+      </c>
+      <c r="F11" t="n">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="n">
+        <v>8</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>2026-02-06</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Golden Buckle Long Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D12" t="n">
+        <v>1</v>
+      </c>
+      <c r="E12" t="n">
+        <v>85</v>
+      </c>
+      <c r="F12" t="n">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>9</v>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>2026-02-08</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Golden Buckle Long Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D13" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" t="n">
+        <v>135</v>
+      </c>
+      <c r="F13" t="n">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="n">
+        <v>10</v>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>2026-02-10</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Blazor Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D14" t="n">
+        <v>1</v>
+      </c>
+      <c r="E14" t="n">
+        <v>135</v>
+      </c>
+      <c r="F14" t="n">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="n">
+        <v>11</v>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>2026-02-16</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Golden Buckle Long Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D15" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" t="n">
+        <v>665</v>
+      </c>
+      <c r="F15" t="n">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="n">
+        <v>12</v>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>2026-02-17</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Full sleeve top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D16" t="n">
+        <v>1</v>
+      </c>
+      <c r="E16" t="n">
+        <v>250</v>
+      </c>
+      <c r="F16" t="n">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="n">
+        <v>13</v>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>2026-02-18</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Zara Button Up (Free Size)</t>
+        </is>
+      </c>
+      <c r="D17" t="n">
+        <v>1</v>
+      </c>
+      <c r="E17" t="n">
+        <v>500</v>
+      </c>
+      <c r="F17" t="n">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="n">
+        <v>14</v>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>2026-02-19</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Full sleeve top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D18" t="n">
+        <v>1</v>
+      </c>
+      <c r="E18" t="n">
+        <v>0</v>
+      </c>
+      <c r="F18" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="n">
+        <v>15</v>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>2026-02-19</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>offshoulder lace top (3)</t>
+        </is>
+      </c>
+      <c r="D19" t="n">
+        <v>1</v>
+      </c>
+      <c r="E19" t="n">
+        <v>0</v>
+      </c>
+      <c r="F19" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>16</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>2026-02-22</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>offshoulder lace top (3)</t>
+        </is>
+      </c>
+      <c r="D20" t="n">
+        <v>1</v>
+      </c>
+      <c r="E20" t="n">
+        <v>0</v>
+      </c>
+      <c r="F20" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>17</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>2026-02-22</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>offshouler Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D21" t="n">
+        <v>1</v>
+      </c>
+      <c r="E21" t="n">
+        <v>0</v>
+      </c>
+      <c r="F21" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>17</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>2026-02-22</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Shorts (Free Size)</t>
+        </is>
+      </c>
+      <c r="D22" t="n">
+        <v>1</v>
+      </c>
+      <c r="E22" t="n">
+        <v>0</v>
+      </c>
+      <c r="F22" t="n">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="n">
+        <v>18</v>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>2026-02-23</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Bralet Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D23" t="n">
+        <v>1</v>
+      </c>
+      <c r="E23" t="n">
+        <v>0</v>
+      </c>
+      <c r="F23" t="n">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="n">
+        <v>19</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D24" t="n">
+        <v>1</v>
+      </c>
+      <c r="E24" t="n">
+        <v>250</v>
+      </c>
+      <c r="F24" t="n">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="n">
+        <v>20</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D25" t="n">
+        <v>1</v>
+      </c>
+      <c r="E25" t="n">
+        <v>250</v>
+      </c>
+      <c r="F25" t="n">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="n">
+        <v>21</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>2026-02-27</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>silk weaven top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D26" t="n">
+        <v>1</v>
+      </c>
+      <c r="E26" t="n">
+        <v>0</v>
+      </c>
+      <c r="F26" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="n">
+        <v>22</v>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>2026-02-27</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Three Piece Set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D27" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" t="n">
+        <v>0</v>
+      </c>
+      <c r="F27" t="n">
+        <v>3499</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="n">
+        <v>23</v>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Bralet Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D28" t="n">
+        <v>1</v>
+      </c>
+      <c r="E28" t="n">
+        <v>35</v>
+      </c>
+      <c r="F28" t="n">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="n">
+        <v>24</v>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Zara Cotton Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D29" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" t="n">
+        <v>0</v>
+      </c>
+      <c r="F29" t="n">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="n">
+        <v>25</v>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>3 piece chicken set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D30" t="n">
+        <v>1</v>
+      </c>
+      <c r="E30" t="n">
+        <v>15</v>
+      </c>
+      <c r="F30" t="n">
+        <v>2735</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="n">
+        <v>26</v>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Pleated Skirt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D31" t="n">
+        <v>1</v>
+      </c>
+      <c r="E31" t="n">
+        <v>0</v>
+      </c>
+      <c r="F31" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="n">
+        <v>27</v>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>3 piece chicken set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D32" t="n">
+        <v>1</v>
+      </c>
+      <c r="E32" t="n">
+        <v>50</v>
+      </c>
+      <c r="F32" t="n">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="n">
+        <v>27</v>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Cord Set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D33" t="n">
+        <v>1</v>
+      </c>
+      <c r="E33" t="n">
+        <v>50</v>
+      </c>
+      <c r="F33" t="n">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="n">
+        <v>28</v>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D34" t="n">
+        <v>1</v>
+      </c>
+      <c r="E34" t="n">
+        <v>100</v>
+      </c>
+      <c r="F34" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="n">
+        <v>29</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D35" t="n">
+        <v>1</v>
+      </c>
+      <c r="E35" t="n">
+        <v>0</v>
+      </c>
+      <c r="F35" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="n">
+        <v>30</v>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D36" t="n">
+        <v>1</v>
+      </c>
+      <c r="E36" t="n">
+        <v>70</v>
+      </c>
+      <c r="F36" t="n">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="n">
+        <v>31</v>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D37" t="n">
+        <v>1</v>
+      </c>
+      <c r="E37" t="n">
+        <v>0</v>
+      </c>
+      <c r="F37" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="n">
+        <v>32</v>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D38" t="n">
+        <v>1</v>
+      </c>
+      <c r="E38" t="n">
+        <v>0</v>
+      </c>
+      <c r="F38" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="n">
+        <v>33</v>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D39" t="n">
+        <v>1</v>
+      </c>
+      <c r="E39" t="n">
+        <v>0</v>
+      </c>
+      <c r="F39" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="n">
+        <v>34</v>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D40" t="n">
+        <v>1</v>
+      </c>
+      <c r="E40" t="n">
+        <v>50</v>
+      </c>
+      <c r="F40" t="n">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="n">
+        <v>35</v>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>2026-03-04</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>rayon set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D41" t="n">
+        <v>1</v>
+      </c>
+      <c r="E41" t="n">
+        <v>0</v>
+      </c>
+      <c r="F41" t="n">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="n">
+        <v>36</v>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>2026-03-04</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D42" t="n">
+        <v>1</v>
+      </c>
+      <c r="E42" t="n">
+        <v>0</v>
+      </c>
+      <c r="F42" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="n">
+        <v>37</v>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>2026-03-04</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D43" t="n">
+        <v>1</v>
+      </c>
+      <c r="E43" t="n">
+        <v>0</v>
+      </c>
+      <c r="F43" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="n">
+        <v>38</v>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>2026-03-05</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D44" t="n">
+        <v>1</v>
+      </c>
+      <c r="E44" t="n">
+        <v>0</v>
+      </c>
+      <c r="F44" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="n">
+        <v>39</v>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>2026-03-05</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D45" t="n">
+        <v>1</v>
+      </c>
+      <c r="E45" t="n">
+        <v>20</v>
+      </c>
+      <c r="F45" t="n">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="n">
+        <v>40</v>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette (free size)</t>
+        </is>
+      </c>
+      <c r="D46" t="n">
+        <v>1</v>
+      </c>
+      <c r="E46" t="n">
+        <v>0</v>
+      </c>
+      <c r="F46" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="n">
+        <v>41</v>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Glitter Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D47" t="n">
+        <v>1</v>
+      </c>
+      <c r="E47" t="n">
+        <v>0</v>
+      </c>
+      <c r="F47" t="n">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Mini Skirt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D48" t="n">
+        <v>1</v>
+      </c>
+      <c r="E48" t="n">
+        <v>0</v>
+      </c>
+      <c r="F48" t="n">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D49" t="n">
+        <v>1</v>
+      </c>
+      <c r="E49" t="n">
+        <v>0</v>
+      </c>
+      <c r="F49" t="n">
+        <v>3599</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Full sleeve top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D50" t="n">
+        <v>1</v>
+      </c>
+      <c r="E50" t="n">
+        <v>0</v>
+      </c>
+      <c r="F50" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>2026-03-08</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>satin lace sleeveless (Free Size)</t>
+        </is>
+      </c>
+      <c r="D51" t="n">
+        <v>1</v>
+      </c>
+      <c r="E51" t="n">
+        <v>0</v>
+      </c>
+      <c r="F51" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>2026-03-08</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D52" t="n">
+        <v>1</v>
+      </c>
+      <c r="E52" t="n">
+        <v>0</v>
+      </c>
+      <c r="F52" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>2026-03-09</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D53" t="n">
+        <v>1</v>
+      </c>
+      <c r="E53" t="n">
+        <v>0</v>
+      </c>
+      <c r="F53" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>2026-03-09</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D54" t="n">
+        <v>1</v>
+      </c>
+      <c r="E54" t="n">
+        <v>0</v>
+      </c>
+      <c r="F54" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>2026-03-09</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D55" t="n">
+        <v>1</v>
+      </c>
+      <c r="E55" t="n">
+        <v>50</v>
+      </c>
+      <c r="F55" t="n">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>silk weaven top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D56" t="n">
+        <v>1</v>
+      </c>
+      <c r="E56" t="n">
+        <v>0</v>
+      </c>
+      <c r="F56" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="n">
+        <v>48</v>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>rayon set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D57" t="n">
+        <v>1</v>
+      </c>
+      <c r="E57" t="n">
+        <v>0</v>
+      </c>
+      <c r="F57" t="n">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="n">
+        <v>49</v>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D58" t="n">
+        <v>1</v>
+      </c>
+      <c r="E58" t="n">
+        <v>0</v>
+      </c>
+      <c r="F58" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="n">
+        <v>50</v>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D59" t="n">
+        <v>1</v>
+      </c>
+      <c r="E59" t="n">
+        <v>0</v>
+      </c>
+      <c r="F59" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="n">
+        <v>51</v>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D60" t="n">
+        <v>1</v>
+      </c>
+      <c r="E60" t="n">
+        <v>0</v>
+      </c>
+      <c r="F60" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="n">
+        <v>52</v>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Glitter Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D61" t="n">
+        <v>1</v>
+      </c>
+      <c r="E61" t="n">
+        <v>0</v>
+      </c>
+      <c r="F61" t="n">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="n">
+        <v>52</v>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>flower top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D62" t="n">
+        <v>1</v>
+      </c>
+      <c r="E62" t="n">
+        <v>0</v>
+      </c>
+      <c r="F62" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="n">
+        <v>53</v>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D63" t="n">
+        <v>1</v>
+      </c>
+      <c r="E63" t="n">
+        <v>100</v>
+      </c>
+      <c r="F63" t="n">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="n">
+        <v>54</v>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D64" t="n">
+        <v>1</v>
+      </c>
+      <c r="E64" t="n">
+        <v>0</v>
+      </c>
+      <c r="F64" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="n">
+        <v>55</v>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D65" t="n">
+        <v>1</v>
+      </c>
+      <c r="E65" t="n">
+        <v>0</v>
+      </c>
+      <c r="F65" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="n">
+        <v>56</v>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>Halt Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D66" t="n">
+        <v>1</v>
+      </c>
+      <c r="E66" t="n">
+        <v>100</v>
+      </c>
+      <c r="F66" t="n">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="n">
+        <v>57</v>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D67" t="n">
+        <v>1</v>
+      </c>
+      <c r="E67" t="n">
+        <v>0</v>
+      </c>
+      <c r="F67" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="n">
+        <v>58</v>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Red One Piece (Free Size)</t>
+        </is>
+      </c>
+      <c r="D68" t="n">
+        <v>1</v>
+      </c>
+      <c r="E68" t="n">
+        <v>50</v>
+      </c>
+      <c r="F68" t="n">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="n">
+        <v>59</v>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Pant (Free Size)</t>
+        </is>
+      </c>
+      <c r="D69" t="n">
+        <v>1</v>
+      </c>
+      <c r="E69" t="n">
+        <v>0</v>
+      </c>
+      <c r="F69" t="n">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="n">
+        <v>60</v>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D70" t="n">
+        <v>1</v>
+      </c>
+      <c r="E70" t="n">
+        <v>0</v>
+      </c>
+      <c r="F70" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="n">
+        <v>61</v>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D71" t="n">
+        <v>1</v>
+      </c>
+      <c r="E71" t="n">
+        <v>0</v>
+      </c>
+      <c r="F71" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="n">
+        <v>62</v>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D72" t="n">
+        <v>1</v>
+      </c>
+      <c r="E72" t="n">
+        <v>250</v>
+      </c>
+      <c r="F72" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D73" t="n">
+        <v>2</v>
+      </c>
+      <c r="E73" t="n">
+        <v>0</v>
+      </c>
+      <c r="F73" t="n">
+        <v>5700</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D74" t="n">
+        <v>1</v>
+      </c>
+      <c r="E74" t="n">
+        <v>0</v>
+      </c>
+      <c r="F74" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="n">
+        <v>63</v>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>polka dot stocking (Free Size)</t>
+        </is>
+      </c>
+      <c r="D75" t="n">
+        <v>1</v>
+      </c>
+      <c r="E75" t="n">
+        <v>0</v>
+      </c>
+      <c r="F75" t="n">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="n">
+        <v>64</v>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D76" t="n">
+        <v>1</v>
+      </c>
+      <c r="E76" t="n">
+        <v>0</v>
+      </c>
+      <c r="F76" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="n">
+        <v>65</v>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D77" t="n">
+        <v>1</v>
+      </c>
+      <c r="E77" t="n">
+        <v>0</v>
+      </c>
+      <c r="F77" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="n">
+        <v>66</v>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D78" t="n">
+        <v>1</v>
+      </c>
+      <c r="E78" t="n">
+        <v>0</v>
+      </c>
+      <c r="F78" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="n">
+        <v>67</v>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D79" t="n">
+        <v>1</v>
+      </c>
+      <c r="E79" t="n">
+        <v>0</v>
+      </c>
+      <c r="F79" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="n">
+        <v>68</v>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D80" t="n">
+        <v>1</v>
+      </c>
+      <c r="E80" t="n">
+        <v>0</v>
+      </c>
+      <c r="F80" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="n">
+        <v>69</v>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>2026-03-14</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>flower top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D81" t="n">
+        <v>1</v>
+      </c>
+      <c r="E81" t="n">
+        <v>0</v>
+      </c>
+      <c r="F81" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="n">
+        <v>69</v>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>2026-03-14</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Plazu (Free Size)</t>
+        </is>
+      </c>
+      <c r="D82" t="n">
+        <v>1</v>
+      </c>
+      <c r="E82" t="n">
+        <v>0</v>
+      </c>
+      <c r="F82" t="n">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="n">
+        <v>70</v>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>2026-03-14</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>Plazu (Free Size)</t>
+        </is>
+      </c>
+      <c r="D83" t="n">
+        <v>1</v>
+      </c>
+      <c r="E83" t="n">
+        <v>0</v>
+      </c>
+      <c r="F83" t="n">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="n">
+        <v>71</v>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>2026-03-15</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>Tops (Free Size)</t>
+        </is>
+      </c>
+      <c r="D84" t="n">
+        <v>1</v>
+      </c>
+      <c r="E84" t="n">
+        <v>0</v>
+      </c>
+      <c r="F84" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="n">
+        <v>72</v>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>flower top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D85" t="n">
+        <v>1</v>
+      </c>
+      <c r="E85" t="n">
+        <v>0</v>
+      </c>
+      <c r="F85" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="n">
+        <v>73</v>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Zara Button Up (Free Size)</t>
+        </is>
+      </c>
+      <c r="D86" t="n">
+        <v>1</v>
+      </c>
+      <c r="E86" t="n">
+        <v>0</v>
+      </c>
+      <c r="F86" t="n">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="n">
+        <v>74</v>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D87" t="n">
+        <v>1</v>
+      </c>
+      <c r="E87" t="n">
+        <v>0</v>
+      </c>
+      <c r="F87" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="n">
+        <v>75</v>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Embrodery (Free Size)</t>
+        </is>
+      </c>
+      <c r="D88" t="n">
+        <v>1</v>
+      </c>
+      <c r="E88" t="n">
+        <v>0</v>
+      </c>
+      <c r="F88" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="n">
+        <v>76</v>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D89" t="n">
+        <v>1</v>
+      </c>
+      <c r="E89" t="n">
+        <v>0</v>
+      </c>
+      <c r="F89" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="n">
+        <v>77</v>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D90" t="n">
+        <v>1</v>
+      </c>
+      <c r="E90" t="n">
+        <v>200</v>
+      </c>
+      <c r="F90" t="n">
+        <v>3499</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="n">
+        <v>78</v>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Dress Mix (Free Size)</t>
+        </is>
+      </c>
+      <c r="D91" t="n">
+        <v>1</v>
+      </c>
+      <c r="E91" t="n">
+        <v>0</v>
+      </c>
+      <c r="F91" t="n">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="n">
+        <v>79</v>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D92" t="n">
+        <v>1</v>
+      </c>
+      <c r="E92" t="n">
+        <v>0</v>
+      </c>
+      <c r="F92" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="n">
+        <v>80</v>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (XL)</t>
+        </is>
+      </c>
+      <c r="D93" t="n">
+        <v>1</v>
+      </c>
+      <c r="E93" t="n">
+        <v>0</v>
+      </c>
+      <c r="F93" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="n">
+        <v>81</v>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D94" t="n">
+        <v>1</v>
+      </c>
+      <c r="E94" t="n">
+        <v>0</v>
+      </c>
+      <c r="F94" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="n">
+        <v>82</v>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Chicken Top (Free Size bust 44)</t>
+        </is>
+      </c>
+      <c r="D95" t="n">
+        <v>1</v>
+      </c>
+      <c r="E95" t="n">
+        <v>0</v>
+      </c>
+      <c r="F95" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="n">
+        <v>83</v>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D96" t="n">
+        <v>1</v>
+      </c>
+      <c r="E96" t="n">
+        <v>0</v>
+      </c>
+      <c r="F96" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="n">
+        <v>84</v>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D97" t="n">
+        <v>1</v>
+      </c>
+      <c r="E97" t="n">
+        <v>0</v>
+      </c>
+      <c r="F97" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="n">
+        <v>85</v>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Chicken Top (Free Size bust 44)</t>
+        </is>
+      </c>
+      <c r="D98" t="n">
+        <v>1</v>
+      </c>
+      <c r="E98" t="n">
+        <v>0</v>
+      </c>
+      <c r="F98" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="n">
+        <v>86</v>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>flower top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D99" t="n">
+        <v>1</v>
+      </c>
+      <c r="E99" t="n">
+        <v>0</v>
+      </c>
+      <c r="F99" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="n">
+        <v>88</v>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D100" t="n">
+        <v>1</v>
+      </c>
+      <c r="E100" t="n">
+        <v>0</v>
+      </c>
+      <c r="F100" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="n">
+        <v>89</v>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D101" t="n">
+        <v>1</v>
+      </c>
+      <c r="E101" t="n">
+        <v>0</v>
+      </c>
+      <c r="F101" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="n">
+        <v>90</v>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (XL)</t>
+        </is>
+      </c>
+      <c r="D102" t="n">
+        <v>1</v>
+      </c>
+      <c r="E102" t="n">
+        <v>0</v>
+      </c>
+      <c r="F102" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="n">
+        <v>91</v>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D103" t="n">
+        <v>1</v>
+      </c>
+      <c r="E103" t="n">
+        <v>0</v>
+      </c>
+      <c r="F103" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="n">
+        <v>92</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D104" t="n">
+        <v>1</v>
+      </c>
+      <c r="E104" t="n">
+        <v>0</v>
+      </c>
+      <c r="F104" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="n">
+        <v>92</v>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D105" t="n">
+        <v>1</v>
+      </c>
+      <c r="E105" t="n">
+        <v>0</v>
+      </c>
+      <c r="F105" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="n">
+        <v>93</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D106" t="n">
+        <v>1</v>
+      </c>
+      <c r="E106" t="n">
+        <v>0</v>
+      </c>
+      <c r="F106" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="n">
+        <v>94</v>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D107" t="n">
+        <v>1</v>
+      </c>
+      <c r="E107" t="n">
+        <v>0</v>
+      </c>
+      <c r="F107" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="n">
+        <v>95</v>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D108" t="n">
+        <v>1</v>
+      </c>
+      <c r="E108" t="n">
+        <v>0</v>
+      </c>
+      <c r="F108" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="n">
+        <v>96</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (XL)</t>
+        </is>
+      </c>
+      <c r="D109" t="n">
+        <v>1</v>
+      </c>
+      <c r="E109" t="n">
+        <v>0</v>
+      </c>
+      <c r="F109" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="n">
+        <v>97</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D110" t="n">
+        <v>1</v>
+      </c>
+      <c r="E110" t="n">
+        <v>0</v>
+      </c>
+      <c r="F110" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="n">
+        <v>97</v>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Pant (Free Size)</t>
+        </is>
+      </c>
+      <c r="D111" t="n">
+        <v>1</v>
+      </c>
+      <c r="E111" t="n">
+        <v>0</v>
+      </c>
+      <c r="F111" t="n">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="n">
+        <v>98</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D112" t="n">
+        <v>1</v>
+      </c>
+      <c r="E112" t="n">
+        <v>0</v>
+      </c>
+      <c r="F112" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="n">
+        <v>99</v>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Embrodery Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D113" t="n">
+        <v>1</v>
+      </c>
+      <c r="E113" t="n">
+        <v>0</v>
+      </c>
+      <c r="F113" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="n">
+        <v>99</v>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D114" t="n">
+        <v>1</v>
+      </c>
+      <c r="E114" t="n">
+        <v>0</v>
+      </c>
+      <c r="F114" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="n">
+        <v>100</v>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D115" t="n">
+        <v>1</v>
+      </c>
+      <c r="E115" t="n">
+        <v>0</v>
+      </c>
+      <c r="F115" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="n">
+        <v>101</v>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D116" t="n">
+        <v>1</v>
+      </c>
+      <c r="E116" t="n">
+        <v>0</v>
+      </c>
+      <c r="F116" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="n">
+        <v>102</v>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D117" t="n">
+        <v>1</v>
+      </c>
+      <c r="E117" t="n">
+        <v>0</v>
+      </c>
+      <c r="F117" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="n">
+        <v>102</v>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D118" t="n">
+        <v>1</v>
+      </c>
+      <c r="E118" t="n">
+        <v>0</v>
+      </c>
+      <c r="F118" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="n">
+        <v>103</v>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D119" t="n">
+        <v>1</v>
+      </c>
+      <c r="E119" t="n">
+        <v>0</v>
+      </c>
+      <c r="F119" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="n">
+        <v>104</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D120" t="n">
+        <v>1</v>
+      </c>
+      <c r="E120" t="n">
+        <v>0</v>
+      </c>
+      <c r="F120" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="n">
+        <v>105</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Plazu (Free Size)</t>
+        </is>
+      </c>
+      <c r="D121" t="n">
+        <v>1</v>
+      </c>
+      <c r="E121" t="n">
+        <v>0</v>
+      </c>
+      <c r="F121" t="n">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="n">
+        <v>106</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (L)</t>
+        </is>
+      </c>
+      <c r="D122" t="n">
+        <v>1</v>
+      </c>
+      <c r="E122" t="n">
+        <v>0</v>
+      </c>
+      <c r="F122" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="n">
+        <v>106</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D123" t="n">
+        <v>1</v>
+      </c>
+      <c r="E123" t="n">
+        <v>0</v>
+      </c>
+      <c r="F123" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="n">
+        <v>107</v>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D124" t="n">
+        <v>1</v>
+      </c>
+      <c r="E124" t="n">
+        <v>0</v>
+      </c>
+      <c r="F124" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="n">
+        <v>107</v>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D125" t="n">
+        <v>1</v>
+      </c>
+      <c r="E125" t="n">
+        <v>0</v>
+      </c>
+      <c r="F125" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="n">
+        <v>108</v>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D126" t="n">
+        <v>1</v>
+      </c>
+      <c r="E126" t="n">
+        <v>100</v>
+      </c>
+      <c r="F126" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="n">
+        <v>109</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D127" t="n">
+        <v>1</v>
+      </c>
+      <c r="E127" t="n">
+        <v>0</v>
+      </c>
+      <c r="F127" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="n">
+        <v>109</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D128" t="n">
+        <v>1</v>
+      </c>
+      <c r="E128" t="n">
+        <v>0</v>
+      </c>
+      <c r="F128" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="n">
+        <v>110</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D129" t="n">
+        <v>1</v>
+      </c>
+      <c r="E129" t="n">
+        <v>0</v>
+      </c>
+      <c r="F129" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="n">
+        <v>111</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D130" t="n">
+        <v>1</v>
+      </c>
+      <c r="E130" t="n">
+        <v>0</v>
+      </c>
+      <c r="F130" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="n">
+        <v>112</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D131" t="n">
+        <v>1</v>
+      </c>
+      <c r="E131" t="n">
+        <v>100</v>
+      </c>
+      <c r="F131" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="n">
+        <v>113</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>2 piece set lining (Free Size)</t>
+        </is>
+      </c>
+      <c r="D132" t="n">
+        <v>1</v>
+      </c>
+      <c r="E132" t="n">
+        <v>0</v>
+      </c>
+      <c r="F132" t="n">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="n">
+        <v>115</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D133" t="n">
+        <v>1</v>
+      </c>
+      <c r="E133" t="n">
+        <v>0</v>
+      </c>
+      <c r="F133" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="n">
+        <v>116</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48 XXL 48-50)</t>
+        </is>
+      </c>
+      <c r="D134" t="n">
+        <v>1</v>
+      </c>
+      <c r="E134" t="n">
+        <v>0</v>
+      </c>
+      <c r="F134" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="n">
+        <v>117</v>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Plazu (Free Size)</t>
+        </is>
+      </c>
+      <c r="D135" t="n">
+        <v>1</v>
+      </c>
+      <c r="E135" t="n">
+        <v>0</v>
+      </c>
+      <c r="F135" t="n">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="n">
+        <v>118</v>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D136" t="n">
+        <v>1</v>
+      </c>
+      <c r="E136" t="n">
+        <v>0</v>
+      </c>
+      <c r="F136" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="n">
+        <v>119</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D137" t="n">
+        <v>1</v>
+      </c>
+      <c r="E137" t="n">
+        <v>0</v>
+      </c>
+      <c r="F137" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="n">
+        <v>120</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D138" t="n">
+        <v>1</v>
+      </c>
+      <c r="E138" t="n">
+        <v>0</v>
+      </c>
+      <c r="F138" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="n">
+        <v>121</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D139" t="n">
+        <v>1</v>
+      </c>
+      <c r="E139" t="n">
+        <v>0</v>
+      </c>
+      <c r="F139" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="n">
+        <v>122</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D140" t="n">
+        <v>1</v>
+      </c>
+      <c r="E140" t="n">
+        <v>0</v>
+      </c>
+      <c r="F140" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="n">
+        <v>122</v>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Embrodery Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D141" t="n">
+        <v>1</v>
+      </c>
+      <c r="E141" t="n">
+        <v>0</v>
+      </c>
+      <c r="F141" t="n">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="n">
+        <v>122</v>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Print Tshirt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D142" t="n">
+        <v>1</v>
+      </c>
+      <c r="E142" t="n">
+        <v>0</v>
+      </c>
+      <c r="F142" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="n">
+        <v>123</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D143" t="n">
+        <v>1</v>
+      </c>
+      <c r="E143" t="n">
+        <v>0</v>
+      </c>
+      <c r="F143" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="n">
+        <v>123</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>2 piece set lining (Free Size)</t>
+        </is>
+      </c>
+      <c r="D144" t="n">
+        <v>1</v>
+      </c>
+      <c r="E144" t="n">
+        <v>0</v>
+      </c>
+      <c r="F144" t="n">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="n">
+        <v>124</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48 XXL 48-50)</t>
+        </is>
+      </c>
+      <c r="D145" t="n">
+        <v>1</v>
+      </c>
+      <c r="E145" t="n">
+        <v>0</v>
+      </c>
+      <c r="F145" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="n">
+        <v>124</v>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D146" t="n">
+        <v>1</v>
+      </c>
+      <c r="E146" t="n">
+        <v>0</v>
+      </c>
+      <c r="F146" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="n">
+        <v>125</v>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D147" t="n">
+        <v>1</v>
+      </c>
+      <c r="E147" t="n">
+        <v>0</v>
+      </c>
+      <c r="F147" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="n">
+        <v>126</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D148" t="n">
+        <v>1</v>
+      </c>
+      <c r="E148" t="n">
+        <v>0</v>
+      </c>
+      <c r="F148" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="n">
+        <v>127</v>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48 XXL 48-50)</t>
+        </is>
+      </c>
+      <c r="D149" t="n">
+        <v>1</v>
+      </c>
+      <c r="E149" t="n">
+        <v>0</v>
+      </c>
+      <c r="F149" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="n">
+        <v>128</v>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D150" t="n">
+        <v>1</v>
+      </c>
+      <c r="E150" t="n">
+        <v>0</v>
+      </c>
+      <c r="F150" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="n">
+        <v>129</v>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48 XXL 48-50)</t>
+        </is>
+      </c>
+      <c r="D151" t="n">
+        <v>1</v>
+      </c>
+      <c r="E151" t="n">
+        <v>0</v>
+      </c>
+      <c r="F151" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="n">
+        <v>130</v>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>flower top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D152" t="n">
+        <v>1</v>
+      </c>
+      <c r="E152" t="n">
+        <v>0</v>
+      </c>
+      <c r="F152" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="n">
+        <v>131</v>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D153" t="n">
+        <v>1</v>
+      </c>
+      <c r="E153" t="n">
+        <v>0</v>
+      </c>
+      <c r="F153" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="n">
+        <v>132</v>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D154" t="n">
+        <v>1</v>
+      </c>
+      <c r="E154" t="n">
+        <v>100</v>
+      </c>
+      <c r="F154" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="n">
+        <v>132</v>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D155" t="n">
+        <v>1</v>
+      </c>
+      <c r="E155" t="n">
+        <v>100</v>
+      </c>
+      <c r="F155" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="n">
+        <v>132</v>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue (34 36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D156" t="n">
+        <v>1</v>
+      </c>
+      <c r="E156" t="n">
+        <v>0</v>
+      </c>
+      <c r="F156" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="n">
+        <v>133</v>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D157" t="n">
+        <v>1</v>
+      </c>
+      <c r="E157" t="n">
+        <v>0</v>
+      </c>
+      <c r="F157" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="n">
+        <v>134</v>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D158" t="n">
+        <v>1</v>
+      </c>
+      <c r="E158" t="n">
+        <v>0</v>
+      </c>
+      <c r="F158" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="n">
+        <v>135</v>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>jumpsuit (fre)</t>
+        </is>
+      </c>
+      <c r="D159" t="n">
+        <v>1</v>
+      </c>
+      <c r="E159" t="n">
+        <v>0</v>
+      </c>
+      <c r="F159" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="n">
+        <v>135</v>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>two piece set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D160" t="n">
+        <v>1</v>
+      </c>
+      <c r="E160" t="n">
+        <v>0</v>
+      </c>
+      <c r="F160" t="n">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="n">
+        <v>136</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D161" t="n">
+        <v>1</v>
+      </c>
+      <c r="E161" t="n">
+        <v>50</v>
+      </c>
+      <c r="F161" t="n">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="n">
+        <v>137</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>jumpsuit (fre)</t>
+        </is>
+      </c>
+      <c r="D162" t="n">
+        <v>1</v>
+      </c>
+      <c r="E162" t="n">
+        <v>0</v>
+      </c>
+      <c r="F162" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="n">
+        <v>138</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D163" t="n">
+        <v>1</v>
+      </c>
+      <c r="E163" t="n">
+        <v>0</v>
+      </c>
+      <c r="F163" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="n">
+        <v>139</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D164" t="n">
+        <v>1</v>
+      </c>
+      <c r="E164" t="n">
+        <v>50</v>
+      </c>
+      <c r="F164" t="n">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="n">
+        <v>140</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>two piece set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D165" t="n">
+        <v>1</v>
+      </c>
+      <c r="E165" t="n">
+        <v>0</v>
+      </c>
+      <c r="F165" t="n">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="n">
+        <v>141</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D166" t="n">
+        <v>1</v>
+      </c>
+      <c r="E166" t="n">
+        <v>0</v>
+      </c>
+      <c r="F166" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="n">
+        <v>141</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Chicken Top (Free Size bust 44)</t>
+        </is>
+      </c>
+      <c r="D167" t="n">
+        <v>1</v>
+      </c>
+      <c r="E167" t="n">
+        <v>0</v>
+      </c>
+      <c r="F167" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="n">
+        <v>142</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Tube Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D168" t="n">
+        <v>1</v>
+      </c>
+      <c r="E168" t="n">
+        <v>1150</v>
+      </c>
+      <c r="F168" t="n">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="n">
+        <v>143</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D169" t="n">
+        <v>1</v>
+      </c>
+      <c r="E169" t="n">
+        <v>0</v>
+      </c>
+      <c r="F169" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="n">
+        <v>144</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D170" t="n">
+        <v>1</v>
+      </c>
+      <c r="E170" t="n">
+        <v>0</v>
+      </c>
+      <c r="F170" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="n">
+        <v>145</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Stripe button dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D171" t="n">
+        <v>1</v>
+      </c>
+      <c r="E171" t="n">
+        <v>0</v>
+      </c>
+      <c r="F171" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="n">
+        <v>146</v>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D172" t="n">
+        <v>1</v>
+      </c>
+      <c r="E172" t="n">
+        <v>0</v>
+      </c>
+      <c r="F172" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="n">
+        <v>146</v>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D173" t="n">
+        <v>1</v>
+      </c>
+      <c r="E173" t="n">
+        <v>0</v>
+      </c>
+      <c r="F173" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="n">
+        <v>147</v>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D174" t="n">
+        <v>1</v>
+      </c>
+      <c r="E174" t="n">
+        <v>0</v>
+      </c>
+      <c r="F174" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="n">
+        <v>148</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D175" t="n">
+        <v>1</v>
+      </c>
+      <c r="E175" t="n">
+        <v>0</v>
+      </c>
+      <c r="F175" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="n">
+        <v>149</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D176" t="n">
+        <v>1</v>
+      </c>
+      <c r="E176" t="n">
+        <v>0</v>
+      </c>
+      <c r="F176" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="n">
+        <v>150</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D177" t="n">
+        <v>1</v>
+      </c>
+      <c r="E177" t="n">
+        <v>0</v>
+      </c>
+      <c r="F177" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="n">
+        <v>151</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D178" t="n">
+        <v>1</v>
+      </c>
+      <c r="E178" t="n">
+        <v>0</v>
+      </c>
+      <c r="F178" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="n">
+        <v>152</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D179" t="n">
+        <v>1</v>
+      </c>
+      <c r="E179" t="n">
+        <v>0</v>
+      </c>
+      <c r="F179" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="n">
+        <v>154</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D180" t="n">
+        <v>1</v>
+      </c>
+      <c r="E180" t="n">
+        <v>0</v>
+      </c>
+      <c r="F180" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="n">
+        <v>155</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D181" t="n">
+        <v>1</v>
+      </c>
+      <c r="E181" t="n">
+        <v>0</v>
+      </c>
+      <c r="F181" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="n">
+        <v>156</v>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Stripe button dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D182" t="n">
+        <v>1</v>
+      </c>
+      <c r="E182" t="n">
+        <v>0</v>
+      </c>
+      <c r="F182" t="n">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="n">
+        <v>157</v>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D183" t="n">
+        <v>1</v>
+      </c>
+      <c r="E183" t="n">
+        <v>0</v>
+      </c>
+      <c r="F183" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="n">
+        <v>158</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D184" t="n">
+        <v>1</v>
+      </c>
+      <c r="E184" t="n">
+        <v>0</v>
+      </c>
+      <c r="F184" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="n">
+        <v>159</v>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D185" t="n">
+        <v>1</v>
+      </c>
+      <c r="E185" t="n">
+        <v>0</v>
+      </c>
+      <c r="F185" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="n">
+        <v>160</v>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D186" t="n">
+        <v>1</v>
+      </c>
+      <c r="E186" t="n">
+        <v>0</v>
+      </c>
+      <c r="F186" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="n">
+        <v>161</v>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Plazu (Free Size)</t>
+        </is>
+      </c>
+      <c r="D187" t="n">
+        <v>1</v>
+      </c>
+      <c r="E187" t="n">
+        <v>0</v>
+      </c>
+      <c r="F187" t="n">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="n">
+        <v>161</v>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Chicken Top (Free Size bust 44)</t>
+        </is>
+      </c>
+      <c r="D188" t="n">
+        <v>1</v>
+      </c>
+      <c r="E188" t="n">
+        <v>0</v>
+      </c>
+      <c r="F188" t="n">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="n">
+        <v>163</v>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D189" t="n">
+        <v>1</v>
+      </c>
+      <c r="E189" t="n">
+        <v>0</v>
+      </c>
+      <c r="F189" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="n">
+        <v>164</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Stripe button dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D190" t="n">
+        <v>1</v>
+      </c>
+      <c r="E190" t="n">
+        <v>350</v>
+      </c>
+      <c r="F190" t="n">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="n">
+        <v>165</v>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D191" t="n">
+        <v>1</v>
+      </c>
+      <c r="E191" t="n">
+        <v>0</v>
+      </c>
+      <c r="F191" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="n">
+        <v>165</v>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D192" t="n">
+        <v>1</v>
+      </c>
+      <c r="E192" t="n">
+        <v>0</v>
+      </c>
+      <c r="F192" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="n">
+        <v>166</v>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Grey Zipper Jacket (Free Size)</t>
+        </is>
+      </c>
+      <c r="D193" t="n">
+        <v>1</v>
+      </c>
+      <c r="E193" t="n">
+        <v>0</v>
+      </c>
+      <c r="F193" t="n">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="n">
+        <v>166</v>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Zara Button Up (Free Size)</t>
+        </is>
+      </c>
+      <c r="D194" t="n">
+        <v>1</v>
+      </c>
+      <c r="E194" t="n">
+        <v>0</v>
+      </c>
+      <c r="F194" t="n">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="n">
+        <v>166</v>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D195" t="n">
+        <v>1</v>
+      </c>
+      <c r="E195" t="n">
+        <v>250</v>
+      </c>
+      <c r="F195" t="n">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="n">
+        <v>166</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D196" t="n">
+        <v>1</v>
+      </c>
+      <c r="E196" t="n">
+        <v>250</v>
+      </c>
+      <c r="F196" t="n">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="n">
+        <v>166</v>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Mermaid Skirt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D197" t="n">
+        <v>1</v>
+      </c>
+      <c r="E197" t="n">
+        <v>250</v>
+      </c>
+      <c r="F197" t="n">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="n">
+        <v>167</v>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D198" t="n">
+        <v>1</v>
+      </c>
+      <c r="E198" t="n">
+        <v>100</v>
+      </c>
+      <c r="F198" t="n">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="n">
+        <v>167</v>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D199" t="n">
+        <v>1</v>
+      </c>
+      <c r="E199" t="n">
+        <v>100</v>
+      </c>
+      <c r="F199" t="n">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="n">
+        <v>168</v>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>jumpsuit (fre)</t>
+        </is>
+      </c>
+      <c r="D200" t="n">
+        <v>1</v>
+      </c>
+      <c r="E200" t="n">
+        <v>0</v>
+      </c>
+      <c r="F200" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="n">
+        <v>169</v>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D201" t="n">
+        <v>1</v>
+      </c>
+      <c r="E201" t="n">
+        <v>0</v>
+      </c>
+      <c r="F201" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="n">
+        <v>170</v>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D202" t="n">
+        <v>1</v>
+      </c>
+      <c r="E202" t="n">
+        <v>0</v>
+      </c>
+      <c r="F202" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="n">
+        <v>171</v>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D203" t="n">
+        <v>1</v>
+      </c>
+      <c r="E203" t="n">
+        <v>200</v>
+      </c>
+      <c r="F203" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="n">
+        <v>171</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D204" t="n">
+        <v>1</v>
+      </c>
+      <c r="E204" t="n">
+        <v>200</v>
+      </c>
+      <c r="F204" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="n">
+        <v>171</v>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D205" t="n">
+        <v>1</v>
+      </c>
+      <c r="E205" t="n">
+        <v>200</v>
+      </c>
+      <c r="F205" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="n">
+        <v>171</v>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D206" t="n">
+        <v>1</v>
+      </c>
+      <c r="E206" t="n">
+        <v>200</v>
+      </c>
+      <c r="F206" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="n">
+        <v>171</v>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D207" t="n">
+        <v>1</v>
+      </c>
+      <c r="E207" t="n">
+        <v>200</v>
+      </c>
+      <c r="F207" t="n">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="n">
+        <v>172</v>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D208" t="n">
+        <v>1</v>
+      </c>
+      <c r="E208" t="n">
+        <v>150</v>
+      </c>
+      <c r="F208" t="n">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="n">
+        <v>172</v>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Polka Dot Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D209" t="n">
+        <v>1</v>
+      </c>
+      <c r="E209" t="n">
+        <v>150</v>
+      </c>
+      <c r="F209" t="n">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="n">
+        <v>172</v>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>jumpsuit (fre)</t>
+        </is>
+      </c>
+      <c r="D210" t="n">
+        <v>1</v>
+      </c>
+      <c r="E210" t="n">
+        <v>150</v>
+      </c>
+      <c r="F210" t="n">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="n">
+        <v>173</v>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>two piece set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D211" t="n">
+        <v>1</v>
+      </c>
+      <c r="E211" t="n">
+        <v>0</v>
+      </c>
+      <c r="F211" t="n">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="n">
+        <v>174</v>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (M)</t>
+        </is>
+      </c>
+      <c r="D212" t="n">
+        <v>1</v>
+      </c>
+      <c r="E212" t="n">
+        <v>0</v>
+      </c>
+      <c r="F212" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="n">
+        <v>175</v>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Dress Mix (Free Size)</t>
+        </is>
+      </c>
+      <c r="D213" t="n">
+        <v>1</v>
+      </c>
+      <c r="E213" t="n">
+        <v>0</v>
+      </c>
+      <c r="F213" t="n">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="n">
+        <v>176</v>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D214" t="n">
+        <v>1</v>
+      </c>
+      <c r="E214" t="n">
+        <v>0</v>
+      </c>
+      <c r="F214" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="n">
+        <v>177</v>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D215" t="n">
+        <v>1</v>
+      </c>
+      <c r="E215" t="n">
+        <v>0</v>
+      </c>
+      <c r="F215" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="n">
+        <v>178</v>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D216" t="n">
+        <v>1</v>
+      </c>
+      <c r="E216" t="n">
+        <v>0</v>
+      </c>
+      <c r="F216" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="n">
+        <v>179</v>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D217" t="n">
+        <v>1</v>
+      </c>
+      <c r="E217" t="n">
+        <v>0</v>
+      </c>
+      <c r="F217" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="n">
+        <v>179</v>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D218" t="n">
+        <v>1</v>
+      </c>
+      <c r="E218" t="n">
+        <v>0</v>
+      </c>
+      <c r="F218" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="n">
+        <v>180</v>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D219" t="n">
+        <v>1</v>
+      </c>
+      <c r="E219" t="n">
+        <v>0</v>
+      </c>
+      <c r="F219" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="n">
+        <v>181</v>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>2026-03-26</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D220" t="n">
+        <v>1</v>
+      </c>
+      <c r="E220" t="n">
+        <v>0</v>
+      </c>
+      <c r="F220" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="n">
+        <v>182</v>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>2026-03-26</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D221" t="n">
+        <v>1</v>
+      </c>
+      <c r="E221" t="n">
+        <v>0</v>
+      </c>
+      <c r="F221" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="n">
+        <v>183</v>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D222" t="n">
+        <v>1</v>
+      </c>
+      <c r="E222" t="n">
+        <v>0</v>
+      </c>
+      <c r="F222" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="n">
+        <v>184</v>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D223" t="n">
+        <v>1</v>
+      </c>
+      <c r="E223" t="n">
+        <v>0</v>
+      </c>
+      <c r="F223" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="n">
+        <v>185</v>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D224" t="n">
+        <v>1</v>
+      </c>
+      <c r="E224" t="n">
+        <v>0</v>
+      </c>
+      <c r="F224" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="n">
+        <v>186</v>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D225" t="n">
+        <v>1</v>
+      </c>
+      <c r="E225" t="n">
+        <v>0</v>
+      </c>
+      <c r="F225" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="n">
+        <v>187</v>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D226" t="n">
+        <v>1</v>
+      </c>
+      <c r="E226" t="n">
+        <v>0</v>
+      </c>
+      <c r="F226" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="n">
+        <v>188</v>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>2026-03-27</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>jumpsuit (Free Size)</t>
+        </is>
+      </c>
+      <c r="D227" t="n">
+        <v>1</v>
+      </c>
+      <c r="E227" t="n">
+        <v>0</v>
+      </c>
+      <c r="F227" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="n">
+        <v>189</v>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress (36 38 40 42)</t>
+        </is>
+      </c>
+      <c r="D228" t="n">
+        <v>1</v>
+      </c>
+      <c r="E228" t="n">
+        <v>0</v>
+      </c>
+      <c r="F228" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="n">
+        <v>190</v>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Cotton Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D229" t="n">
+        <v>1</v>
+      </c>
+      <c r="E229" t="n">
+        <v>0</v>
+      </c>
+      <c r="F229" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="n">
+        <v>191</v>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Orange top (M 38-40 L 42-44 XL 46-48)</t>
+        </is>
+      </c>
+      <c r="D230" t="n">
+        <v>1</v>
+      </c>
+      <c r="E230" t="n">
+        <v>0</v>
+      </c>
+      <c r="F230" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="n">
+        <v>191</v>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top (XL)</t>
+        </is>
+      </c>
+      <c r="D231" t="n">
+        <v>1</v>
+      </c>
+      <c r="E231" t="n">
+        <v>0</v>
+      </c>
+      <c r="F231" t="n">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="n">
+        <v>192</v>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Mix Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D232" t="n">
+        <v>1</v>
+      </c>
+      <c r="E232" t="n">
+        <v>0</v>
+      </c>
+      <c r="F232" t="n">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="n">
+        <v>193</v>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>jumpsuit (fre)</t>
+        </is>
+      </c>
+      <c r="D233" t="n">
+        <v>1</v>
+      </c>
+      <c r="E233" t="n">
+        <v>0</v>
+      </c>
+      <c r="F233" t="n">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="n">
+        <v>194</v>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>shorts set (Free Size)</t>
+        </is>
+      </c>
+      <c r="D234" t="n">
+        <v>1</v>
+      </c>
+      <c r="E234" t="n">
+        <v>0</v>
+      </c>
+      <c r="F234" t="n">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="n">
+        <v>195</v>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Top (Free Size)</t>
+        </is>
+      </c>
+      <c r="D235" t="n">
+        <v>1</v>
+      </c>
+      <c r="E235" t="n">
+        <v>0</v>
+      </c>
+      <c r="F235" t="n">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="n">
+        <v>196</v>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>String dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D236" t="n">
+        <v>1</v>
+      </c>
+      <c r="E236" t="n">
+        <v>0</v>
+      </c>
+      <c r="F236" t="n">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="n">
+        <v>197</v>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>2026-03-29</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>lining dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D237" t="n">
+        <v>1</v>
+      </c>
+      <c r="E237" t="n">
+        <v>0</v>
+      </c>
+      <c r="F237" t="n">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="n">
+        <v>198</v>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>2026-03-30</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>Dress (Free Size)</t>
+        </is>
+      </c>
+      <c r="D238" t="n">
+        <v>1</v>
+      </c>
+      <c r="E238" t="n">
+        <v>170</v>
+      </c>
+      <c r="F238" t="n">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="n">
+        <v>199</v>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>2026-03-30</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Mermaid Skirt (Free Size)</t>
+        </is>
+      </c>
+      <c r="D239" t="n">
+        <v>1</v>
+      </c>
+      <c r="E239" t="n">
+        <v>0</v>
+      </c>
+      <c r="F239" t="n">
+        <v>2150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -896,131 +13343,131 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>1</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>6708</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Halt Dress</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E2" t="n">
         <v>3050</v>
       </c>
       <c r="F2" t="n">
-        <v>3750</v>
+        <v>3650</v>
       </c>
       <c r="G2" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H2" t="n">
-        <v>12200</v>
+        <v>9150</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>IMG-20260129-WA00161.jpg</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>1791</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Three Piece Set</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>2750</v>
       </c>
       <c r="F3" t="n">
-        <v>3450</v>
+        <v>3499</v>
       </c>
       <c r="G3" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H3" t="n">
-        <v>8250</v>
+        <v>5500</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>IMG-20260129-WA00141.jpg</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>3</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>5095</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Golden Buckle Long Dress</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>2550</v>
       </c>
       <c r="F4" t="n">
         <v>3450</v>
       </c>
       <c r="G4" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H4" t="n">
-        <v>7650</v>
+        <v>0</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>IMG-20260129-WA0013.jpg</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>4</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Flare Dress</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
@@ -1044,453 +13491,3199 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>5</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>2138</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Zara Off-shoulder Dress</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E6" t="n">
         <v>2950</v>
       </c>
       <c r="F6" t="n">
-        <v>3600</v>
+        <v>3550</v>
       </c>
       <c r="G6" t="n">
         <v>2</v>
       </c>
       <c r="H6" t="n">
         <v>5900</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>IMG-20260129-WA00151.jpg</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>6</v>
       </c>
       <c r="B7" t="inlineStr"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Grey Zipper Jacket</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E7" t="n">
         <v>1800</v>
       </c>
       <c r="F7" t="n">
-        <v>2400</v>
+        <v>1999</v>
       </c>
       <c r="G7" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H7" t="n">
-        <v>3600</v>
-[...1 lines deleted...]
-      <c r="I7" t="inlineStr"/>
+        <v>0</v>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>grey_zipup.jpg</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>7</v>
       </c>
       <c r="B8" t="inlineStr"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Alo Zipper Jacket</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E8" t="n">
         <v>1950</v>
       </c>
       <c r="F8" t="n">
-        <v>2600</v>
+        <v>2099</v>
       </c>
       <c r="G8" t="n">
         <v>1</v>
       </c>
       <c r="H8" t="n">
         <v>1950</v>
       </c>
-      <c r="I8" t="inlineStr"/>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>alo_zipper.png</t>
+        </is>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8</v>
       </c>
       <c r="B9" t="inlineStr"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Red Dress With Belt</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E9" t="n">
         <v>2200</v>
       </c>
       <c r="F9" t="n">
         <v>2900</v>
       </c>
       <c r="G9" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H9" t="n">
-        <v>2200</v>
-[...1 lines deleted...]
-      <c r="I9" t="inlineStr"/>
+        <v>0</v>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>red_dress_with_belt.png</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>9</v>
       </c>
       <c r="B10" t="inlineStr"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Tube Dress</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E10" t="n">
         <v>2200</v>
       </c>
       <c r="F10" t="n">
-        <v>3000</v>
+        <v>2650</v>
       </c>
       <c r="G10" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H10" t="n">
-        <v>4400</v>
-[...1 lines deleted...]
-      <c r="I10" t="inlineStr"/>
+        <v>2200</v>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>tube_dress.png</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>10</v>
       </c>
       <c r="B11" t="inlineStr"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>Fur Cardigan</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E11" t="n">
         <v>2200</v>
       </c>
       <c r="F11" t="n">
-        <v>3000</v>
+        <v>2650</v>
       </c>
       <c r="G11" t="n">
         <v>2</v>
       </c>
       <c r="H11" t="n">
         <v>4400</v>
       </c>
-      <c r="I11" t="inlineStr"/>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192125.png</t>
+        </is>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B12" t="inlineStr"/>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Red Three Piece Woolen Set</t>
+          <t>Lining Jumper</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E12" t="n">
-        <v>3400</v>
+        <v>1650</v>
       </c>
       <c r="F12" t="n">
-        <v>4400</v>
+        <v>1799</v>
       </c>
       <c r="G12" t="n">
         <v>1</v>
       </c>
       <c r="H12" t="n">
-        <v>3400</v>
-[...1 lines deleted...]
-      <c r="I12" t="inlineStr"/>
+        <v>1650</v>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192157.png</t>
+        </is>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B13" t="inlineStr"/>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Lining Jumper</t>
+          <t>Zara Button Up</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E13" t="n">
-        <v>1650</v>
+        <v>2200</v>
       </c>
       <c r="F13" t="n">
-        <v>2350</v>
+        <v>2399</v>
       </c>
       <c r="G13" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H13" t="n">
-        <v>1650</v>
-[...1 lines deleted...]
-      <c r="I13" t="inlineStr"/>
+        <v>0</v>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192217.png</t>
+        </is>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B14" t="inlineStr"/>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Zara Button Up</t>
+          <t>2 Piece Polo Set</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E14" t="n">
-        <v>2200</v>
+        <v>2700</v>
       </c>
       <c r="F14" t="n">
-        <v>2900</v>
+        <v>3950</v>
       </c>
       <c r="G14" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H14" t="n">
-        <v>6600</v>
-[...1 lines deleted...]
-      <c r="I14" t="inlineStr"/>
+        <v>0</v>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192235.png</t>
+        </is>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15" t="inlineStr"/>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2 Piece Polo Set</t>
+          <t>Mini Skirt</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E15" t="n">
-        <v>2700</v>
+        <v>1590</v>
       </c>
       <c r="F15" t="n">
-        <v>3950</v>
+        <v>1799</v>
       </c>
       <c r="G15" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H15" t="n">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="I15" t="inlineStr"/>
+        <v>4770</v>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102605.png</t>
+        </is>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B16" t="inlineStr"/>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Mini Skirt</t>
+          <t>Red One Piece</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E16" t="n">
-        <v>1590</v>
+        <v>1990</v>
       </c>
       <c r="F16" t="n">
-        <v>1990</v>
+        <v>2399</v>
       </c>
       <c r="G16" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H16" t="n">
-        <v>6360</v>
-[...1 lines deleted...]
-      <c r="I16" t="inlineStr"/>
+        <v>3980</v>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192312.png</t>
+        </is>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" t="inlineStr"/>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Red One Piece</t>
+          <t>Woolen Outer</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E17" t="n">
-        <v>1990</v>
+        <v>2250</v>
       </c>
       <c r="F17" t="n">
-        <v>2700</v>
+        <v>2499</v>
       </c>
       <c r="G17" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H17" t="n">
-        <v>5970</v>
-[...1 lines deleted...]
-      <c r="I17" t="inlineStr"/>
+        <v>4500</v>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192325.png</t>
+        </is>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B18" t="inlineStr"/>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Woolen Outer</t>
+          <t>Checked Skirt</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E18" t="n">
-        <v>2250</v>
+        <v>1550</v>
       </c>
       <c r="F18" t="n">
-        <v>2950</v>
+        <v>1799</v>
       </c>
       <c r="G18" t="n">
         <v>2</v>
       </c>
       <c r="H18" t="n">
-        <v>4500</v>
-[...1 lines deleted...]
-      <c r="I18" t="inlineStr"/>
+        <v>3100</v>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192342.png</t>
+        </is>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B19" t="inlineStr"/>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Checked Skirt</t>
+          <t>Pleated Skirt</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Free Size</t>
         </is>
       </c>
       <c r="E19" t="n">
-        <v>1550</v>
+        <v>1790</v>
       </c>
       <c r="F19" t="n">
         <v>2250</v>
       </c>
       <c r="G19" t="n">
         <v>2</v>
       </c>
       <c r="H19" t="n">
-        <v>3100</v>
-[...1 lines deleted...]
-      <c r="I19" t="inlineStr"/>
+        <v>3580</v>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192401.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>20</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>6121</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Bralet Top</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E20" t="n">
+        <v>1590</v>
+      </c>
+      <c r="F20" t="n">
+        <v>1999</v>
+      </c>
+      <c r="G20" t="n">
+        <v>1</v>
+      </c>
+      <c r="H20" t="n">
+        <v>1590</v>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-18_212533.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>21</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>9111</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Blazor Dress</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E21" t="n">
+        <v>3390</v>
+      </c>
+      <c r="F21" t="n">
+        <v>3999</v>
+      </c>
+      <c r="G21" t="n">
+        <v>1</v>
+      </c>
+      <c r="H21" t="n">
+        <v>3390</v>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192455.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>22</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>5160</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Dress</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E22" t="n">
+        <v>2900</v>
+      </c>
+      <c r="F22" t="n">
+        <v>3699</v>
+      </c>
+      <c r="G22" t="n">
+        <v>0</v>
+      </c>
+      <c r="H22" t="n">
+        <v>0</v>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-10_122523.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="n">
+        <v>23</v>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>9078</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Short Dress</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E23" t="n">
+        <v>2090</v>
+      </c>
+      <c r="F23" t="n">
+        <v>2499</v>
+      </c>
+      <c r="G23" t="n">
+        <v>2</v>
+      </c>
+      <c r="H23" t="n">
+        <v>4180</v>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102650.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="n">
+        <v>25</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>9057</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Net Dress</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E24" t="n">
+        <v>2900</v>
+      </c>
+      <c r="F24" t="n">
+        <v>3799</v>
+      </c>
+      <c r="G24" t="n">
+        <v>1</v>
+      </c>
+      <c r="H24" t="n">
+        <v>2900</v>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102956.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="n">
+        <v>26</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>5760-1</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Dress</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E25" t="n">
+        <v>2750</v>
+      </c>
+      <c r="F25" t="n">
+        <v>3599</v>
+      </c>
+      <c r="G25" t="n">
+        <v>3</v>
+      </c>
+      <c r="H25" t="n">
+        <v>8250</v>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192656.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="n">
+        <v>27</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>8125</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Pearl Dress</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E26" t="n">
+        <v>3450</v>
+      </c>
+      <c r="F26" t="n">
+        <v>4250</v>
+      </c>
+      <c r="G26" t="n">
+        <v>4</v>
+      </c>
+      <c r="H26" t="n">
+        <v>13800</v>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192707.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="n">
+        <v>28</v>
+      </c>
+      <c r="B27" t="inlineStr"/>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Glitter Top</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E27" t="n">
+        <v>1390</v>
+      </c>
+      <c r="F27" t="n">
+        <v>1799</v>
+      </c>
+      <c r="G27" t="n">
+        <v>0</v>
+      </c>
+      <c r="H27" t="n">
+        <v>0</v>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-10_122550.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="n">
+        <v>29</v>
+      </c>
+      <c r="B28" t="inlineStr"/>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>offshouler Top</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E28" t="n">
+        <v>990</v>
+      </c>
+      <c r="F28" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G28" t="n">
+        <v>1</v>
+      </c>
+      <c r="H28" t="n">
+        <v>990</v>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-20_130632.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="n">
+        <v>30</v>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>5186</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Dress</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E29" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F29" t="n">
+        <v>2999</v>
+      </c>
+      <c r="G29" t="n">
+        <v>1</v>
+      </c>
+      <c r="H29" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102948.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="n">
+        <v>31</v>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>862</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Bralet Top</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E30" t="n">
+        <v>1490</v>
+      </c>
+      <c r="F30" t="n">
+        <v>1850</v>
+      </c>
+      <c r="G30" t="n">
+        <v>1</v>
+      </c>
+      <c r="H30" t="n">
+        <v>1490</v>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-08_192742.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="n">
+        <v>32</v>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>6136</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Tube Top</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E31" t="n">
+        <v>1490</v>
+      </c>
+      <c r="F31" t="n">
+        <v>1850</v>
+      </c>
+      <c r="G31" t="n">
+        <v>2</v>
+      </c>
+      <c r="H31" t="n">
+        <v>2980</v>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-18_212436.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="n">
+        <v>33</v>
+      </c>
+      <c r="B32" t="inlineStr"/>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Full sleeve top</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E32" t="n">
+        <v>990</v>
+      </c>
+      <c r="F32" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G32" t="n">
+        <v>2</v>
+      </c>
+      <c r="H32" t="n">
+        <v>1980</v>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102903.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="n">
+        <v>35</v>
+      </c>
+      <c r="B33" t="inlineStr"/>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>polka dot stocking</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E33" t="n">
+        <v>450</v>
+      </c>
+      <c r="F33" t="n">
+        <v>599</v>
+      </c>
+      <c r="G33" t="n">
+        <v>4</v>
+      </c>
+      <c r="H33" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081831.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="n">
+        <v>36</v>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>2818</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>offshoulder lace top</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" t="n">
+        <v>1075</v>
+      </c>
+      <c r="F34" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G34" t="n">
+        <v>1</v>
+      </c>
+      <c r="H34" t="n">
+        <v>1075</v>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-16_102759.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="n">
+        <v>37</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>2799</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>black lace pocotop</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E35" t="n">
+        <v>1075</v>
+      </c>
+      <c r="F35" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G35" t="n">
+        <v>2</v>
+      </c>
+      <c r="H35" t="n">
+        <v>2150</v>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-18_212528.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="n">
+        <v>38</v>
+      </c>
+      <c r="B36" t="inlineStr"/>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>satin lace sleeveless</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E36" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F36" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G36" t="n">
+        <v>0</v>
+      </c>
+      <c r="H36" t="n">
+        <v>0</v>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-20_130717.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="n">
+        <v>39</v>
+      </c>
+      <c r="B37" t="inlineStr"/>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Shorts</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E37" t="n">
+        <v>0</v>
+      </c>
+      <c r="F37" t="n">
+        <v>1400</v>
+      </c>
+      <c r="G37" t="n">
+        <v>0</v>
+      </c>
+      <c r="H37" t="n">
+        <v>0</v>
+      </c>
+      <c r="I37" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="n">
+        <v>40</v>
+      </c>
+      <c r="B38" t="inlineStr"/>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Zara Denim Dress</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E38" t="n">
+        <v>2600</v>
+      </c>
+      <c r="F38" t="n">
+        <v>3399</v>
+      </c>
+      <c r="G38" t="n">
+        <v>1</v>
+      </c>
+      <c r="H38" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I38" t="inlineStr"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="n">
+        <v>41</v>
+      </c>
+      <c r="B39" t="inlineStr"/>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Zara Cotton Top</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E39" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F39" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G39" t="n">
+        <v>2</v>
+      </c>
+      <c r="H39" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-28_093516.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="n">
+        <v>42</v>
+      </c>
+      <c r="B40" t="inlineStr"/>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Cord Set</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E40" t="n">
+        <v>2100</v>
+      </c>
+      <c r="F40" t="n">
+        <v>2750</v>
+      </c>
+      <c r="G40" t="n">
+        <v>0</v>
+      </c>
+      <c r="H40" t="n">
+        <v>0</v>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-28_093617.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="n">
+        <v>44</v>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>719</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>rayon set</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E41" t="n">
+        <v>1550</v>
+      </c>
+      <c r="F41" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G41" t="n">
+        <v>0</v>
+      </c>
+      <c r="H41" t="n">
+        <v>0</v>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-28_093650.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="n">
+        <v>45</v>
+      </c>
+      <c r="B42" t="inlineStr"/>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>silk weaven top</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E42" t="n">
+        <v>1300</v>
+      </c>
+      <c r="F42" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G42" t="n">
+        <v>1</v>
+      </c>
+      <c r="H42" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-24_165356.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="n">
+        <v>46</v>
+      </c>
+      <c r="B43" t="inlineStr"/>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E43" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F43" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G43" t="n">
+        <v>0</v>
+      </c>
+      <c r="H43" t="n">
+        <v>0</v>
+      </c>
+      <c r="I43" t="inlineStr"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="n">
+        <v>47</v>
+      </c>
+      <c r="B44" t="inlineStr"/>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>3 piece chicken set</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E44" t="n">
+        <v>2150</v>
+      </c>
+      <c r="F44" t="n">
+        <v>2750</v>
+      </c>
+      <c r="G44" t="n">
+        <v>0</v>
+      </c>
+      <c r="H44" t="n">
+        <v>0</v>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-02-28_093628.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="n">
+        <v>48</v>
+      </c>
+      <c r="B45" t="inlineStr"/>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Top with bow</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E45" t="n">
+        <v>850</v>
+      </c>
+      <c r="F45" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G45" t="n">
+        <v>3</v>
+      </c>
+      <c r="H45" t="n">
+        <v>2550</v>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-11_153316.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="n">
+        <v>49</v>
+      </c>
+      <c r="B46" t="inlineStr"/>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Wrap Dress cotton navy blue</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>34 36 38 40 42</t>
+        </is>
+      </c>
+      <c r="E46" t="n">
+        <v>1590</v>
+      </c>
+      <c r="F46" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G46" t="n">
+        <v>4</v>
+      </c>
+      <c r="H46" t="n">
+        <v>6360</v>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-01_202101.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="n">
+        <v>50</v>
+      </c>
+      <c r="B47" t="inlineStr"/>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Print Tshirt</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E47" t="n">
+        <v>890</v>
+      </c>
+      <c r="F47" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G47" t="n">
+        <v>4</v>
+      </c>
+      <c r="H47" t="n">
+        <v>3560</v>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081856.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="n">
+        <v>51</v>
+      </c>
+      <c r="B48" t="inlineStr"/>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Wrap Dress Georgette</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>free size</t>
+        </is>
+      </c>
+      <c r="E48" t="n">
+        <v>1590</v>
+      </c>
+      <c r="F48" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G48" t="n">
+        <v>0</v>
+      </c>
+      <c r="H48" t="n">
+        <v>0</v>
+      </c>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-01_202106.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="n">
+        <v>52</v>
+      </c>
+      <c r="B49" t="inlineStr"/>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>Zara Yellow Dress</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E49" t="n">
+        <v>2600</v>
+      </c>
+      <c r="F49" t="n">
+        <v>3850</v>
+      </c>
+      <c r="G49" t="n">
+        <v>1</v>
+      </c>
+      <c r="H49" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-01_202109.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="n">
+        <v>53</v>
+      </c>
+      <c r="B50" t="inlineStr"/>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>flower top</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E50" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F50" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G50" t="n">
+        <v>4</v>
+      </c>
+      <c r="H50" t="n">
+        <v>4200</v>
+      </c>
+      <c r="I50" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-11_153444.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="n">
+        <v>54</v>
+      </c>
+      <c r="B51" t="inlineStr"/>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>shorts set</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E51" t="n">
+        <v>2150</v>
+      </c>
+      <c r="F51" t="n">
+        <v>2850</v>
+      </c>
+      <c r="G51" t="n">
+        <v>0</v>
+      </c>
+      <c r="H51" t="n">
+        <v>0</v>
+      </c>
+      <c r="I51" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-11_153227.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="n">
+        <v>55</v>
+      </c>
+      <c r="B52" t="inlineStr"/>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>lining tshirt</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E52" t="n">
+        <v>1450</v>
+      </c>
+      <c r="F52" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G52" t="n">
+        <v>3</v>
+      </c>
+      <c r="H52" t="n">
+        <v>4350</v>
+      </c>
+      <c r="I52" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-11_153240.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="n">
+        <v>56</v>
+      </c>
+      <c r="B53" t="inlineStr"/>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Dress Mix</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E53" t="n">
+        <v>1850</v>
+      </c>
+      <c r="F53" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G53" t="n">
+        <v>4</v>
+      </c>
+      <c r="H53" t="n">
+        <v>7400</v>
+      </c>
+      <c r="I53" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-11_153250.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="n">
+        <v>57</v>
+      </c>
+      <c r="B54" t="inlineStr"/>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Plazu</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E54" t="n">
+        <v>1100</v>
+      </c>
+      <c r="F54" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G54" t="n">
+        <v>0</v>
+      </c>
+      <c r="H54" t="n">
+        <v>0</v>
+      </c>
+      <c r="I54" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="n">
+        <v>58</v>
+      </c>
+      <c r="B55" t="inlineStr"/>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Pant</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E55" t="n">
+        <v>1850</v>
+      </c>
+      <c r="F55" t="n">
+        <v>2399</v>
+      </c>
+      <c r="G55" t="n">
+        <v>3</v>
+      </c>
+      <c r="H55" t="n">
+        <v>5550</v>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-14_194935.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="n">
+        <v>59</v>
+      </c>
+      <c r="B56" t="inlineStr"/>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>Tops</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E56" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F56" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G56" t="n">
+        <v>3</v>
+      </c>
+      <c r="H56" t="n">
+        <v>3150</v>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-14_194946.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="n">
+        <v>60</v>
+      </c>
+      <c r="B57" t="inlineStr"/>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Embrodery</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E57" t="n">
+        <v>1550</v>
+      </c>
+      <c r="F57" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G57" t="n">
+        <v>0</v>
+      </c>
+      <c r="H57" t="n">
+        <v>0</v>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081807.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="n">
+        <v>61</v>
+      </c>
+      <c r="B58" t="inlineStr"/>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>String Tops</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E58" t="n">
+        <v>1250</v>
+      </c>
+      <c r="F58" t="n">
+        <v>1650</v>
+      </c>
+      <c r="G58" t="n">
+        <v>4</v>
+      </c>
+      <c r="H58" t="n">
+        <v>5000</v>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-14_194952.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="n">
+        <v>62</v>
+      </c>
+      <c r="B59" t="inlineStr"/>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>Mix Top</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E59" t="n">
+        <v>950</v>
+      </c>
+      <c r="F59" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G59" t="n">
+        <v>1</v>
+      </c>
+      <c r="H59" t="n">
+        <v>950</v>
+      </c>
+      <c r="I59" t="inlineStr"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="n">
+        <v>63</v>
+      </c>
+      <c r="B60" t="inlineStr"/>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>Embrodery Top</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E60" t="n">
+        <v>1550</v>
+      </c>
+      <c r="F60" t="n">
+        <v>2100</v>
+      </c>
+      <c r="G60" t="n">
+        <v>1</v>
+      </c>
+      <c r="H60" t="n">
+        <v>1550</v>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-19_164606.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="n">
+        <v>64</v>
+      </c>
+      <c r="B61" t="inlineStr"/>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Top</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E61" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F61" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G61" t="n">
+        <v>2</v>
+      </c>
+      <c r="H61" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I61" t="inlineStr"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="n">
+        <v>65</v>
+      </c>
+      <c r="B62" t="inlineStr"/>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>One piece</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E62" t="n">
+        <v>1950</v>
+      </c>
+      <c r="F62" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G62" t="n">
+        <v>1</v>
+      </c>
+      <c r="H62" t="n">
+        <v>1950</v>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-28_092447.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="n">
+        <v>67</v>
+      </c>
+      <c r="B63" t="inlineStr"/>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Lulu Trouser</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>L XL 2XL 3XL</t>
+        </is>
+      </c>
+      <c r="E63" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F63" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G63" t="n">
+        <v>4</v>
+      </c>
+      <c r="H63" t="n">
+        <v>4200</v>
+      </c>
+      <c r="I63" t="inlineStr"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="n">
+        <v>68</v>
+      </c>
+      <c r="B64" t="inlineStr"/>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Polo Shirt</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E64" t="n">
+        <v>1090</v>
+      </c>
+      <c r="F64" t="n">
+        <v>1450</v>
+      </c>
+      <c r="G64" t="n">
+        <v>3</v>
+      </c>
+      <c r="H64" t="n">
+        <v>3270</v>
+      </c>
+      <c r="I64" t="inlineStr"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="n">
+        <v>69</v>
+      </c>
+      <c r="B65" t="inlineStr"/>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Chicken Top</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>Free Size bust 44</t>
+        </is>
+      </c>
+      <c r="E65" t="n">
+        <v>1150</v>
+      </c>
+      <c r="F65" t="n">
+        <v>1550</v>
+      </c>
+      <c r="G65" t="n">
+        <v>1</v>
+      </c>
+      <c r="H65" t="n">
+        <v>1150</v>
+      </c>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081651.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="n">
+        <v>70</v>
+      </c>
+      <c r="B66" t="inlineStr"/>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="E66" t="n">
+        <v>950</v>
+      </c>
+      <c r="F66" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G66" t="n">
+        <v>0</v>
+      </c>
+      <c r="H66" t="n">
+        <v>0</v>
+      </c>
+      <c r="I66" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081655.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="n">
+        <v>71</v>
+      </c>
+      <c r="B67" t="inlineStr"/>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="E67" t="n">
+        <v>950</v>
+      </c>
+      <c r="F67" t="n">
+        <v>1250</v>
+      </c>
+      <c r="G67" t="n">
+        <v>0</v>
+      </c>
+      <c r="H67" t="n">
+        <v>0</v>
+      </c>
+      <c r="I67" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081655.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="n">
+        <v>72</v>
+      </c>
+      <c r="B68" t="inlineStr"/>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Brown Ruffle Top</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>XL</t>
+        </is>
+      </c>
+      <c r="E68" t="n">
+        <v>950</v>
+      </c>
+      <c r="F68" t="n">
+        <v>1350</v>
+      </c>
+      <c r="G68" t="n">
+        <v>0</v>
+      </c>
+      <c r="H68" t="n">
+        <v>0</v>
+      </c>
+      <c r="I68" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-18_081655.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="n">
+        <v>73</v>
+      </c>
+      <c r="B69" t="inlineStr"/>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>2 piece set lining</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E69" t="n">
+        <v>1250</v>
+      </c>
+      <c r="F69" t="n">
+        <v>1600</v>
+      </c>
+      <c r="G69" t="n">
+        <v>0</v>
+      </c>
+      <c r="H69" t="n">
+        <v>0</v>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-19_164740.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="n">
+        <v>74</v>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>8415</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Top</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E70" t="n">
+        <v>1150</v>
+      </c>
+      <c r="F70" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G70" t="n">
+        <v>2</v>
+      </c>
+      <c r="H70" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-28_092642.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="n">
+        <v>75</v>
+      </c>
+      <c r="B71" t="inlineStr"/>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Jumpsuit</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E71" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F71" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G71" t="n">
+        <v>0</v>
+      </c>
+      <c r="H71" t="n">
+        <v>0</v>
+      </c>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-21_093850.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="n">
+        <v>76</v>
+      </c>
+      <c r="B72" t="inlineStr"/>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E72" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F72" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G72" t="n">
+        <v>0</v>
+      </c>
+      <c r="H72" t="n">
+        <v>0</v>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-21_095151.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="n">
+        <v>77</v>
+      </c>
+      <c r="B73" t="inlineStr"/>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E73" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F73" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G73" t="n">
+        <v>3</v>
+      </c>
+      <c r="H73" t="n">
+        <v>4950</v>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-21_095155.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="n">
+        <v>79</v>
+      </c>
+      <c r="B74" t="inlineStr"/>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Orange top</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>M 38-40 L 42-44 XL 46-48</t>
+        </is>
+      </c>
+      <c r="E74" t="n">
+        <v>1250</v>
+      </c>
+      <c r="F74" t="n">
+        <v>1750</v>
+      </c>
+      <c r="G74" t="n">
+        <v>0</v>
+      </c>
+      <c r="H74" t="n">
+        <v>0</v>
+      </c>
+      <c r="I74" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-21_114321.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="n">
+        <v>80</v>
+      </c>
+      <c r="B75" t="inlineStr"/>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E75" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F75" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G75" t="n">
+        <v>0</v>
+      </c>
+      <c r="H75" t="n">
+        <v>0</v>
+      </c>
+      <c r="I75" t="inlineStr">
+        <is>
+          <t>649837864_1432780924995291_108248831329238886_n.jpg</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="n">
+        <v>81</v>
+      </c>
+      <c r="B76" t="inlineStr"/>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Superdry Wrap Dress</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>36 38 40 42</t>
+        </is>
+      </c>
+      <c r="E76" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F76" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G76" t="n">
+        <v>0</v>
+      </c>
+      <c r="H76" t="n">
+        <v>0</v>
+      </c>
+      <c r="I76" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-22_093413.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="n">
+        <v>82</v>
+      </c>
+      <c r="B77" t="inlineStr"/>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>two piece set</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E77" t="n">
+        <v>1750</v>
+      </c>
+      <c r="F77" t="n">
+        <v>2650</v>
+      </c>
+      <c r="G77" t="n">
+        <v>0</v>
+      </c>
+      <c r="H77" t="n">
+        <v>0</v>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-23_080952.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="n">
+        <v>84</v>
+      </c>
+      <c r="B78" t="inlineStr"/>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Polka Dot Dress</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E78" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F78" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G78" t="n">
+        <v>0</v>
+      </c>
+      <c r="H78" t="n">
+        <v>0</v>
+      </c>
+      <c r="I78" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-23_133733.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="n">
+        <v>85</v>
+      </c>
+      <c r="B79" t="inlineStr"/>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Stripe button dress</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E79" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F79" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G79" t="n">
+        <v>0</v>
+      </c>
+      <c r="H79" t="n">
+        <v>0</v>
+      </c>
+      <c r="I79" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-23_133736.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="n">
+        <v>86</v>
+      </c>
+      <c r="B80" t="inlineStr"/>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E80" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F80" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G80" t="n">
+        <v>0</v>
+      </c>
+      <c r="H80" t="n">
+        <v>0</v>
+      </c>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-23_230154.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="n">
+        <v>87</v>
+      </c>
+      <c r="B81" t="inlineStr"/>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E81" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F81" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G81" t="n">
+        <v>1</v>
+      </c>
+      <c r="H81" t="n">
+        <v>1650</v>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-24_145128.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="n">
+        <v>88</v>
+      </c>
+      <c r="B82" t="inlineStr"/>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E82" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F82" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G82" t="n">
+        <v>1</v>
+      </c>
+      <c r="H82" t="n">
+        <v>1650</v>
+      </c>
+      <c r="I82" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-24_145511.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="n">
+        <v>89</v>
+      </c>
+      <c r="B83" t="inlineStr"/>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>Mermaid Skirt</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E83" t="n">
+        <v>1450</v>
+      </c>
+      <c r="F83" t="n">
+        <v>2150</v>
+      </c>
+      <c r="G83" t="n">
+        <v>2</v>
+      </c>
+      <c r="H83" t="n">
+        <v>2900</v>
+      </c>
+      <c r="I83" t="inlineStr"/>
+    </row>
+    <row r="84">
+      <c r="A84" t="n">
+        <v>90</v>
+      </c>
+      <c r="B84" t="inlineStr"/>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E84" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F84" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G84" t="n">
+        <v>1</v>
+      </c>
+      <c r="H84" t="n">
+        <v>1650</v>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-24_223818.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="n">
+        <v>91</v>
+      </c>
+      <c r="B85" t="inlineStr"/>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E85" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F85" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G85" t="n">
+        <v>0</v>
+      </c>
+      <c r="H85" t="n">
+        <v>0</v>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-24_223829.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="n">
+        <v>92</v>
+      </c>
+      <c r="B86" t="inlineStr"/>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Jumpsuit</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E86" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F86" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G86" t="n">
+        <v>0</v>
+      </c>
+      <c r="H86" t="n">
+        <v>0</v>
+      </c>
+      <c r="I86" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-25_105506.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="n">
+        <v>93</v>
+      </c>
+      <c r="B87" t="inlineStr"/>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E87" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F87" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G87" t="n">
+        <v>0</v>
+      </c>
+      <c r="H87" t="n">
+        <v>0</v>
+      </c>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-25_105511.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="n">
+        <v>94</v>
+      </c>
+      <c r="B88" t="inlineStr"/>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E88" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F88" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G88" t="n">
+        <v>0</v>
+      </c>
+      <c r="H88" t="n">
+        <v>0</v>
+      </c>
+      <c r="I88" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="n">
+        <v>95</v>
+      </c>
+      <c r="B89" t="inlineStr"/>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>jumpsuit</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E89" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F89" t="n">
+        <v>2450</v>
+      </c>
+      <c r="G89" t="n">
+        <v>0</v>
+      </c>
+      <c r="H89" t="n">
+        <v>0</v>
+      </c>
+      <c r="I89" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-25_110040.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="n">
+        <v>96</v>
+      </c>
+      <c r="B90" t="inlineStr"/>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Mirror Shorts</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E90" t="n">
+        <v>1550</v>
+      </c>
+      <c r="F90" t="n">
+        <v>2350</v>
+      </c>
+      <c r="G90" t="n">
+        <v>3</v>
+      </c>
+      <c r="H90" t="n">
+        <v>4650</v>
+      </c>
+      <c r="I90" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="n">
+        <v>97</v>
+      </c>
+      <c r="B91" t="inlineStr"/>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>lining dress</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E91" t="n">
+        <v>2150</v>
+      </c>
+      <c r="F91" t="n">
+        <v>3150</v>
+      </c>
+      <c r="G91" t="n">
+        <v>0</v>
+      </c>
+      <c r="H91" t="n">
+        <v>0</v>
+      </c>
+      <c r="I91" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-28_092759.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="n">
+        <v>98</v>
+      </c>
+      <c r="B92" t="inlineStr"/>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>floral shirt</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E92" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F92" t="n">
+        <v>1850</v>
+      </c>
+      <c r="G92" t="n">
+        <v>2</v>
+      </c>
+      <c r="H92" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I92" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-28_092823.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="n">
+        <v>99</v>
+      </c>
+      <c r="B93" t="inlineStr"/>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>cotton pant</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>38 40</t>
+        </is>
+      </c>
+      <c r="E93" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F93" t="n">
+        <v>1850</v>
+      </c>
+      <c r="G93" t="n">
+        <v>5</v>
+      </c>
+      <c r="H93" t="n">
+        <v>5250</v>
+      </c>
+      <c r="I93" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-28_092839.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="n">
+        <v>100</v>
+      </c>
+      <c r="B94" t="inlineStr"/>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Cotton Dress</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E94" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F94" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G94" t="n">
+        <v>1</v>
+      </c>
+      <c r="H94" t="n">
+        <v>1650</v>
+      </c>
+      <c r="I94" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="n">
+        <v>101</v>
+      </c>
+      <c r="B95" t="inlineStr"/>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>String dress</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E95" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F95" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G95" t="n">
+        <v>0</v>
+      </c>
+      <c r="H95" t="n">
+        <v>0</v>
+      </c>
+      <c r="I95" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="n">
+        <v>102</v>
+      </c>
+      <c r="B96" t="inlineStr"/>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>Zara Dress Printed</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E96" t="n">
+        <v>2250</v>
+      </c>
+      <c r="F96" t="n">
+        <v>3250</v>
+      </c>
+      <c r="G96" t="n">
+        <v>1</v>
+      </c>
+      <c r="H96" t="n">
+        <v>2250</v>
+      </c>
+      <c r="I96" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-30_104636.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="n">
+        <v>103</v>
+      </c>
+      <c r="B97" t="inlineStr"/>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>Zara Shirt</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E97" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F97" t="n">
+        <v>2050</v>
+      </c>
+      <c r="G97" t="n">
+        <v>2</v>
+      </c>
+      <c r="H97" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I97" t="inlineStr"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="n">
+        <v>104</v>
+      </c>
+      <c r="B98" t="inlineStr"/>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Chocker top</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E98" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F98" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G98" t="n">
+        <v>3</v>
+      </c>
+      <c r="H98" t="n">
+        <v>4050</v>
+      </c>
+      <c r="I98" t="inlineStr"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="n">
+        <v>105</v>
+      </c>
+      <c r="B99" t="inlineStr"/>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Pompom dress</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E99" t="n">
+        <v>1650</v>
+      </c>
+      <c r="F99" t="n">
+        <v>2550</v>
+      </c>
+      <c r="G99" t="n">
+        <v>3</v>
+      </c>
+      <c r="H99" t="n">
+        <v>4950</v>
+      </c>
+      <c r="I99" t="inlineStr"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="n">
+        <v>106</v>
+      </c>
+      <c r="B100" t="inlineStr"/>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>Cotton top</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E100" t="n">
+        <v>1250</v>
+      </c>
+      <c r="F100" t="n">
+        <v>1850</v>
+      </c>
+      <c r="G100" t="n">
+        <v>4</v>
+      </c>
+      <c r="H100" t="n">
+        <v>5000</v>
+      </c>
+      <c r="I100" t="inlineStr"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="n">
+        <v>107</v>
+      </c>
+      <c r="B101" t="inlineStr"/>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Dress</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>Free Size</t>
+        </is>
+      </c>
+      <c r="E101" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F101" t="n">
+        <v>1950</v>
+      </c>
+      <c r="G101" t="n">
+        <v>0</v>
+      </c>
+      <c r="H101" t="n">
+        <v>0</v>
+      </c>
+      <c r="I101" t="inlineStr">
+        <is>
+          <t>Screenshot_2026-03-30_104611.png</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E9"/>
+  <dimension ref="A1:E25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1663,137 +16856,505 @@
       <c r="E8" t="n">
         <v>6000</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>8</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>2026-01-31</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Marketing</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Insta Ad</t>
         </is>
       </c>
       <c r="E9" t="n">
         <v>1200</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="n">
+        <v>9</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>2026-02-08</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E10" t="n">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="n">
+        <v>10</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>2026-02-14</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E11" t="n">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="n">
+        <v>12</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E12" t="n">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>13</v>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>2026-02-27</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Packaging</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Packaging</t>
+        </is>
+      </c>
+      <c r="E13" t="n">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="n">
+        <v>14</v>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Delivery</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>delivery</t>
+        </is>
+      </c>
+      <c r="E14" t="n">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="n">
+        <v>15</v>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E15" t="n">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="n">
+        <v>16</v>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E16" t="n">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="n">
+        <v>17</v>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Delivery</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>delivery</t>
+        </is>
+      </c>
+      <c r="E17" t="n">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="n">
+        <v>18</v>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Delivery</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>delivery</t>
+        </is>
+      </c>
+      <c r="E18" t="n">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="n">
+        <v>20</v>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Packaging</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Packaging</t>
+        </is>
+      </c>
+      <c r="E19" t="n">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>21</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>Decoration</t>
+        </is>
+      </c>
+      <c r="E20" t="n">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>23</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Delivery</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>exchange</t>
+        </is>
+      </c>
+      <c r="E21" t="n">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>24</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Iron Stand</t>
+        </is>
+      </c>
+      <c r="E22" t="n">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="n">
+        <v>25</v>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Delivery</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>delivery</t>
+        </is>
+      </c>
+      <c r="E23" t="n">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="n">
+        <v>26</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>delivery</t>
+        </is>
+      </c>
+      <c r="E24" t="n">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="n">
+        <v>28</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>2026-03-28</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Marketing</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>Insta Ad</t>
+        </is>
+      </c>
+      <c r="E25" t="n">
+        <v>1500</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Metric</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Value</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Total Sales Revenue</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>18195</v>
+        <v>484001</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Total Manual Expenses (Rent/Ads)</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>40906</v>
+        <v>60601</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Value of Unsold Inventory</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>82130</v>
+        <v>214845</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Cost of Sold Goods</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>13650</v>
+        <v>352390</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Total Product Investment (Sold + Unsold)</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>95780</v>
+        <v>567235</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>NET PROFIT (Cash Basis)</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>-118491</v>
+        <v>-143835</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>